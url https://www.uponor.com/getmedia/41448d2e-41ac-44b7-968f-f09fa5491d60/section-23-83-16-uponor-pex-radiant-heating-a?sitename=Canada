--- v0 (2025-12-18)
+++ v1 (2026-02-14)
@@ -1097,52 +1097,61 @@
       </w:hyperlink>
       <w:r w:rsidRPr="00201EE7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> (CDAM), current edition.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60C7DE3E" w14:textId="4E7A7719" w:rsidR="00201EE7" w:rsidRDefault="00201EE7" w:rsidP="003C65A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00201EE7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Uponor LoopCAD</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Uponor </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00201EE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>LoopCAD</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="000D74C8" w:rsidRPr="000D74C8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
       <w:r w:rsidRPr="00201EE7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Software</w:t>
       </w:r>
       <w:r w:rsidR="003C65A1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EA5D885" w14:textId="4B37E202" w:rsidR="00201EE7" w:rsidRDefault="00201EE7" w:rsidP="003C65A1">
       <w:pPr>
@@ -1897,51 +1906,65 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007870FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Submit listings that indicate that the PEX tubing has been listed to CAN/ULC-S102.2 for maximum 25 flame spread and maximum 50 smoke developed.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7954280E" w14:textId="185FC33A" w:rsidR="00950110" w:rsidRPr="007870FE" w:rsidRDefault="007870FE" w:rsidP="003C65A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007870FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Shop Drawings: Submit design print-out of Uponor LoopCAD and shop drawings indicating loop layout, manifold locations, initial loop flow balance settings, floor profiles, floor coverings and product components, including anchorage, accessories and finishes.</w:t>
+        <w:t xml:space="preserve">Shop Drawings: Submit design print-out of Uponor </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007870FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>LoopCAD</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007870FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and shop drawings indicating loop layout, manifold locations, initial loop flow balance settings, floor profiles, floor coverings and product components, including anchorage, accessories and finishes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C9192E7" w14:textId="77777777" w:rsidR="007870FE" w:rsidRDefault="007870FE" w:rsidP="003C65A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007870FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Include installation drawings of tubing layout indicating loop length, loop spacing, tube size and detail notes to aid in installation of system.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67BD7E75" w14:textId="77777777" w:rsidR="007870FE" w:rsidRDefault="007870FE" w:rsidP="003C65A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
@@ -2163,51 +2186,67 @@
       </w:pPr>
       <w:r w:rsidRPr="007870FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Final “As-Built” loop layout drawing.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FB484AC" w14:textId="153AFCAD" w:rsidR="007870FE" w:rsidRDefault="007870FE" w:rsidP="003C65A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007870FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Copy of Uponor LoopCAD software printout.</w:t>
+        <w:t xml:space="preserve">Copy of Uponor </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007870FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>LoopCAD</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007870FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> software printout.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B52A002" w14:textId="77777777" w:rsidR="00EE7C67" w:rsidRPr="007870FE" w:rsidRDefault="007870FE" w:rsidP="004600D7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="240"/>
         <w:ind w:right="-180"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007870FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Record Documents: Project record documents for installed materials in accordance with Division 1 Closeout Submittals (Project Record Documents) Section.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BD171BA" w14:textId="77777777" w:rsidR="00EE7C67" w:rsidRDefault="00EE7C67" w:rsidP="00AF7754">
       <w:pPr>
@@ -2322,225 +2361,141 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Regulatory Requirements: PEX tubing and components shall be installed in full compliance with all Federal, Provincial and Municipal codes, standards and requirements. In particular:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69045847" w14:textId="77777777" w:rsidR="007870FE" w:rsidRDefault="007870FE" w:rsidP="003C65A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007870FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>PEX tubing shall be listed to a maximum 25 flame spread and maximum of 50 smoke developed per the requirements of CAN/ULC-S102.2.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66BB8A29" w14:textId="77777777" w:rsidR="007870FE" w:rsidRDefault="007870FE" w:rsidP="003C65A1">
+    <w:p w14:paraId="790361CA" w14:textId="77777777" w:rsidR="00B16F3E" w:rsidRPr="00AC1985" w:rsidRDefault="00B16F3E" w:rsidP="00B16F3E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007870FE">
+      <w:r w:rsidRPr="00AC1985">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>As outlined in CAN/ULC S102 Appendix Section A1.23, Plastic Fittings and Valves, fittings shall be tested and listed by being mounted to plastic pipe in a method that is representative of field installation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43B03617" w14:textId="4C05410F" w:rsidR="007870FE" w:rsidRDefault="007870FE" w:rsidP="003C65A1">
+    <w:p w14:paraId="11CB7F71" w14:textId="77777777" w:rsidR="00B16F3E" w:rsidRPr="00AC1985" w:rsidRDefault="00B16F3E" w:rsidP="00B16F3E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007870FE">
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Uponor PEX piping manufactured with a maximum nominal OD of 3 inch (80 mm) and encased in 1/2 inch insulation in accordance with Table 3-5 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC1985">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Up to 2</w:t>
-[...58 lines deleted...]
-    <w:p w14:paraId="5A17D91C" w14:textId="71ED0BF6" w:rsidR="007870FE" w:rsidRDefault="007870FE" w:rsidP="003C65A1">
+        <w:t>shall have no limitation on spacing (see PEX Piping Systems Design and Installation Manual).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46E4CBAC" w14:textId="77777777" w:rsidR="00B16F3E" w:rsidRPr="00AC1985" w:rsidRDefault="00B16F3E" w:rsidP="00B16F3E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007870FE">
-[...67 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Up to and including 2 inch (50 mm) Uponor PEX-a (waterfilled, uninsulated)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>djacent runs of waterfilled, uninsulated piping in a return-air plenum have no spacing limitations.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FF0EF52" w14:textId="77777777" w:rsidR="007870FE" w:rsidRDefault="007870FE" w:rsidP="003C65A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007870FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>PEX tubing penetrating a fire separation shall be sealed per CAN/ULC-S115.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="391A0910" w14:textId="77777777" w:rsidR="007870FE" w:rsidRDefault="007870FE" w:rsidP="003C65A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
@@ -2843,58 +2798,74 @@
       </w:r>
       <w:r w:rsidR="003C08B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46176981" w14:textId="3510A046" w:rsidR="003C08B8" w:rsidRDefault="003C08B8" w:rsidP="003C65A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Uponor helioPE</w:t>
+        <w:t xml:space="preserve">Uponor </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>helioPE</w:t>
       </w:r>
       <w:r w:rsidR="00D930A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>X™</w:t>
+        <w:t>X</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D930A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>™</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> X2</w:t>
       </w:r>
       <w:r w:rsidR="009A7EDC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> tubing shall carry a 25-year non-prorated warranty against failure due to defect</w:t>
       </w:r>
       <w:r w:rsidR="002C588D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> in material or workmanship.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B6F39E5" w14:textId="4325F5CF" w:rsidR="00285CD4" w:rsidRDefault="00285CD4" w:rsidP="003C65A1">
       <w:pPr>
@@ -3118,325 +3089,318 @@
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00285CD4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Effective Warranty: Current manufacturer’s warranty at time of installatio</w:t>
       </w:r>
       <w:r w:rsidR="001A00C2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>n.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07E3D17C" w14:textId="742FDBF9" w:rsidR="00217843" w:rsidRPr="00B8298E" w:rsidRDefault="001C00C8" w:rsidP="00031B9E">
+    <w:p w14:paraId="5A681C14" w14:textId="3D60AB88" w:rsidR="00A44ACF" w:rsidRPr="003B57F7" w:rsidRDefault="001C00C8" w:rsidP="00052F78">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CD367C">
-[...20 lines deleted...]
-      <w:r w:rsidR="00285CD4" w:rsidRPr="00B8298E">
+      <w:r w:rsidRPr="003B57F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Warranty Period: Warranty shall commence on date the products are installed</w:t>
+      </w:r>
+      <w:r w:rsidR="00285CD4" w:rsidRPr="003B57F7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
-      </w:r>
-[...13 lines deleted...]
-        <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="011FFBF8" w14:textId="3BC046C7" w:rsidR="00EE7C67" w:rsidRDefault="00EE7C67" w:rsidP="00970132">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="240"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E405D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
+        <w:t>SYSTEM STARTUP AND OWNER’S INSTRUCTION</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="431201DB" w14:textId="77777777" w:rsidR="00285CD4" w:rsidRPr="00285CD4" w:rsidRDefault="00285CD4" w:rsidP="003C65A1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00285CD4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>SYSTEM STARTUP AND OWNER’S INSTRUCTION</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="431201DB" w14:textId="77777777" w:rsidR="00285CD4" w:rsidRPr="00285CD4" w:rsidRDefault="00285CD4" w:rsidP="003C65A1">
+        <w:t xml:space="preserve">System Startup: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D947A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Specify system startup requirements]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00285CD4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24DE0135" w14:textId="62426DF9" w:rsidR="00EE7C67" w:rsidRDefault="00285CD4" w:rsidP="003C65A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00285CD4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">System Startup: </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D947A5">
+        <w:t>Owner’s Instruction: Instruct Owner’s personnel in operation and maintenance of installed units. Provide manufacturer’s installation, operation</w:t>
+      </w:r>
+      <w:r w:rsidR="007B1929">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00285CD4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and maintenance instructions for installed units.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73E11A9A" w14:textId="248D2281" w:rsidR="00285CD4" w:rsidRDefault="004D0C86" w:rsidP="004D0C86">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:t>[Specify system startup requirements]</w:t>
-      </w:r>
+      </w:pPr>
       <w:r w:rsidRPr="00285CD4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>PRODUCTS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="534491CF" w14:textId="2A0D5A7E" w:rsidR="005660FB" w:rsidRDefault="005660FB" w:rsidP="005660FB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>MANUFACTURERS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="505C2120" w14:textId="0FA53E66" w:rsidR="003367DC" w:rsidRPr="009F61AE" w:rsidRDefault="003367DC" w:rsidP="0037275D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F61AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Acceptable manufacturer: GF Building Flow Solutions (Uponor Ltd</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB3168">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-[...84 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="009F61AE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Acceptable manufacturer: GF Building Flow Solutions (Uponor Ltd</w:t>
-[...6 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve">), located at: </w:t>
+      </w:r>
+      <w:r w:rsidR="00581528">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:br/>
       </w:r>
       <w:r w:rsidRPr="009F61AE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">), located at: </w:t>
+        <w:t xml:space="preserve">6510 Kennedy Road; Mississauga, ON, L5T 2X4; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F61AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>tel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F61AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>: 888</w:t>
       </w:r>
       <w:r w:rsidR="00581528">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F61AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>994</w:t>
+      </w:r>
+      <w:r w:rsidR="00581528">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F61AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>7726</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F61AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="009F61AE">
-[...39 lines deleted...]
-        <w:br/>
+      <w:r w:rsidR="00AE20F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
         <w:t xml:space="preserve">email: </w:t>
       </w:r>
       <w:hyperlink r:id="rId18" w:history="1">
-        <w:r w:rsidR="00676804" w:rsidRPr="00FA1211">
+        <w:r w:rsidR="00AE20F9" w:rsidRPr="00867D9E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:bCs/>
           </w:rPr>
-          <w:t>NAspecifications@uponor.com</w:t>
+          <w:t>naspecifications@georgfischer.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009F61AE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>; web:</w:t>
       </w:r>
       <w:r w:rsidR="00581528">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidR="00581528" w:rsidRPr="00FA1211">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:bCs/>
           </w:rPr>
           <w:t>www.uponor.com</w:t>
         </w:r>
@@ -3456,51 +3420,67 @@
       <w:r w:rsidRPr="0037275D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Proprietary System: Wirsbo hePEX™ Radiant Heating and Cooling System.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B68B80E" w14:textId="77777777" w:rsidR="0037275D" w:rsidRPr="0037275D" w:rsidRDefault="0037275D" w:rsidP="0037275D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0037275D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Proprietary System: Uponor helioPEX™ X2 Radiant Heating and Cooling System.</w:t>
+        <w:t xml:space="preserve">Proprietary System: Uponor </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0037275D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>helioPEX</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0037275D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>™ X2 Radiant Heating and Cooling System.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54BD17A7" w14:textId="77777777" w:rsidR="00D95F68" w:rsidRDefault="00D95F68" w:rsidP="003C65A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D95F68">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>PRODUCT SUBSTITUTIONS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75414877" w14:textId="77777777" w:rsidR="00D95F68" w:rsidRPr="00285C19" w:rsidRDefault="00D95F68" w:rsidP="00285C19">
       <w:pPr>
         <w:numPr>
@@ -3855,51 +3835,67 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>°</w:t>
       </w:r>
       <w:r w:rsidRPr="00D95F68">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>F (82</w:t>
       </w:r>
       <w:r w:rsidR="00A54FB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>°</w:t>
       </w:r>
       <w:r w:rsidRPr="00D95F68">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>C) at 100 psi (689 kPA)</w:t>
+        <w:t xml:space="preserve">C) at 100 psi (689 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D95F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>kPA</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D95F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00B3029E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00D95F68">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19A13C91" w14:textId="5F0B368C" w:rsidR="00D95F68" w:rsidRDefault="00D95F68" w:rsidP="008D62DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
@@ -4187,376 +4183,385 @@
       </w:r>
       <w:r w:rsidRPr="00D95F68">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> nominal inside diameter in accordance with ASTM F876.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B51F0CA" w14:textId="43E1373F" w:rsidR="00D95F68" w:rsidRDefault="00D95F68" w:rsidP="003C65A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D95F68">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="003B41DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D95F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>1/2</w:t>
+      </w:r>
+      <w:r w:rsidR="003B41DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> inch</w:t>
+      </w:r>
+      <w:r w:rsidR="005F4928">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="004A470E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>40 mm)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D95F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nominal inside diameter in accordance with ASTM F876.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="018F3347" w14:textId="2C18E75C" w:rsidR="00D95F68" w:rsidRDefault="00D95F68" w:rsidP="003C65A1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D95F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="003B41DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> inch</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D95F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004A470E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">(50 mm) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D95F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>nominal inside diameter in accordance with ASTM F876.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DAEDF9D" w14:textId="57A9DEFF" w:rsidR="00D95F68" w:rsidRDefault="00D95F68" w:rsidP="003C65A1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D95F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>1</w:t>
+        <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="003B41DD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00D95F68">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>1/2</w:t>
       </w:r>
       <w:r w:rsidR="003B41DD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> inch</w:t>
       </w:r>
-      <w:r w:rsidR="005F4928">
-[...5 lines deleted...]
-      </w:r>
       <w:r w:rsidR="004A470E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>40 mm)</w:t>
+        <w:t xml:space="preserve"> (65 mm)</w:t>
       </w:r>
       <w:r w:rsidRPr="00D95F68">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> nominal inside diameter in accordance with ASTM F876.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="018F3347" w14:textId="2C18E75C" w:rsidR="00D95F68" w:rsidRDefault="00D95F68" w:rsidP="003C65A1">
+    <w:p w14:paraId="68C58C69" w14:textId="5F9397B6" w:rsidR="00D95F68" w:rsidRDefault="00D95F68" w:rsidP="003C65A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D95F68">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>2</w:t>
+        <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="003B41DD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> inch</w:t>
       </w:r>
+      <w:r w:rsidR="004A470E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (80 mm)</w:t>
+      </w:r>
       <w:r w:rsidRPr="00D95F68">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve"> nominal inside diameter in accordance with ASTM F876.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CBE4887" w14:textId="0CCF99B3" w:rsidR="00131EC5" w:rsidRDefault="00131EC5" w:rsidP="00131EC5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Piping:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="380C452E" w14:textId="42ACFDFE" w:rsidR="00F510FF" w:rsidRDefault="00F510FF" w:rsidP="00F510FF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Wirsbo hePE</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB3168">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>X</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75AFF004" w14:textId="00F1725E" w:rsidR="00C139D2" w:rsidRPr="00C139D2" w:rsidRDefault="00C139D2" w:rsidP="00C139D2">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D95F68">
-[...92 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Piping:</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="380C452E" w14:textId="42ACFDFE" w:rsidR="00F510FF" w:rsidRDefault="00F510FF" w:rsidP="00F510FF">
+        <w:t>PEX-</w:t>
+      </w:r>
+      <w:r w:rsidR="00A868FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Engel-method crosslinked polyethylene) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C139D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>SDR 9, ASTM F876 and F877 (CAN/CSA-B137.5) with an oxygen barrier meeting DIN 4726.</w:t>
+      </w:r>
+      <w:r w:rsidR="003E0CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1/2 inch </w:t>
+      </w:r>
+      <w:r w:rsidR="00C5239E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>(16 mm)</w:t>
+      </w:r>
+      <w:r w:rsidR="004408B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> through 3 inch (80 mm) </w:t>
+      </w:r>
+      <w:r w:rsidR="004F1AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>nominal pipe size.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73F558F1" w14:textId="6FFCE4B5" w:rsidR="00F510FF" w:rsidRDefault="00F510FF" w:rsidP="00F510FF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Wirsbo hePE</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00BB3168">
+        <w:t xml:space="preserve">Uponor </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>helioPE</w:t>
+      </w:r>
+      <w:r w:rsidR="007A4531">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>X</w:t>
       </w:r>
-    </w:p>
-[...93 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> X2</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52E88E7F" w14:textId="7E9BFD8D" w:rsidR="00861677" w:rsidRPr="00861677" w:rsidRDefault="00861677" w:rsidP="00861677">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00861677">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
@@ -4756,51 +4761,67 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:vanish/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>. Engineered Polymer (EP) manifold c/w visual loop flow meters, max.15.4 gpm for 8-loop manifold; 1” Stainless steel, c/w visual loop flow meters, max. 14 gpm for 12 –loop manifold; 1 1/4” Stainless steel, max. c/w visual loop flow meters, max. 21 gpm for 12 –loop manifold;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53FE1C59" w14:textId="77777777" w:rsidR="00CB0A10" w:rsidRDefault="005273E4" w:rsidP="003C65A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005273E4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Manifold Materials: Engineered Polymer (EP) manifold shall be fully assembled and mounted on a durable bracket with air vents and drains on both the supply and return manifold sections. Manifold shall be designed to handle maximum 15.4 gpm on 8-loop manifold. Manifold shall have R32 unions on the inlet side of the manifold to allow for various connection adapters. Visual flow meters shall be pre-mounted on the manifold assembly. Manifold shall be capable of full flow isolation on each loop.</w:t>
+        <w:t xml:space="preserve">Manifold Materials: Engineered Polymer (EP) manifold shall be fully assembled and mounted on a durable bracket with air vents and drains on both the supply and return manifold sections. Manifold shall be designed to handle maximum 15.4 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005273E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>gpm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005273E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on 8-loop manifold. Manifold shall have R32 unions on the inlet side of the manifold to allow for various connection adapters. Visual flow meters shall be pre-mounted on the manifold assembly. Manifold shall be capable of full flow isolation on each loop.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="569265D6" w14:textId="77777777" w:rsidR="005273E4" w:rsidRDefault="005273E4" w:rsidP="003C65A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005273E4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Manifold Type: Uponor Engineered Polymer (EP) Manifold.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4959A4F9" w14:textId="77777777" w:rsidR="005273E4" w:rsidRDefault="005273E4" w:rsidP="003C65A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="4"/>
@@ -4938,51 +4959,67 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="005273E4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Steel </w:t>
       </w:r>
       <w:r w:rsidR="005C41C7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidRPr="005273E4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>anifold shall be fully assembled and mounted on a durable bracket with air vents and drains on both the supply and return manifold sections. Manifold shall be designed to handle maximum 14 gpm for 12-loop manifold. The included manifold supply and return ball valves come with an R32 x 1</w:t>
+        <w:t xml:space="preserve">anifold shall be fully assembled and mounted on a durable bracket with air vents and drains on both the supply and return manifold sections. Manifold shall be designed to handle maximum 14 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005273E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>gpm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005273E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for 12-loop manifold. The included manifold supply and return ball valves come with an R32 x 1</w:t>
       </w:r>
       <w:r w:rsidR="008B5F54">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> inch</w:t>
       </w:r>
       <w:r w:rsidRPr="005273E4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> NPT connection and thermometers. Visual flow meters shall be pre-mounted on the manifold assembly. Manifold shall be capable of full flow isolation on each loop</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13497419" w14:textId="00540895" w:rsidR="005273E4" w:rsidRDefault="005273E4" w:rsidP="003C65A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
@@ -5232,51 +5269,67 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="005273E4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Steel </w:t>
       </w:r>
       <w:r w:rsidR="00DD167F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidRPr="005273E4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>anifold shall be fully assembled and mounted on a durable bracket with air vents and drains on both the supply and return manifold sections. Manifold shall be designed to handle maximum 21 gpm for 12-loop manifold. The included manifold supply and return ball valves come with an R32 x 1</w:t>
+        <w:t xml:space="preserve">anifold shall be fully assembled and mounted on a durable bracket with air vents and drains on both the supply and return manifold sections. Manifold shall be designed to handle maximum 21 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005273E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>gpm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005273E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for 12-loop manifold. The included manifold supply and return ball valves come with an R32 x 1</w:t>
       </w:r>
       <w:r w:rsidR="002719C5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> inch</w:t>
       </w:r>
       <w:r w:rsidRPr="005273E4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> NPT connection for 2 to 7 loop models and R32 x 1</w:t>
       </w:r>
       <w:r w:rsidR="002719C5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>-1/4 inch</w:t>
       </w:r>
       <w:r w:rsidRPr="005273E4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5373,89 +5426,89 @@
       </w:pPr>
       <w:r w:rsidRPr="005273E4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Manifolds shall be supplied by the PEX tubing manufacturer.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0966766E" w14:textId="77777777" w:rsidR="005273E4" w:rsidRDefault="005273E4" w:rsidP="003C65A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005273E4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Manifolds shall have integral manual air vent and drain on the supply and return manifold.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3ADA0F9C" w14:textId="77777777" w:rsidR="005273E4" w:rsidRDefault="005273E4" w:rsidP="003C65A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005273E4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Manifolds shall be manufactured from Stainless steel</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A95AF9C" w14:textId="77777777" w:rsidR="005273E4" w:rsidRDefault="005273E4" w:rsidP="003C65A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005273E4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Manifolds shall be supplied with manufacturers mounting brackets.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B7EC8A4" w14:textId="00D87413" w:rsidR="005273E4" w:rsidRDefault="005273E4" w:rsidP="003C65A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005273E4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Manifolds shall </w:t>
       </w:r>
       <w:r w:rsidR="006659E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
@@ -5590,51 +5643,67 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>supply and</w:t>
       </w:r>
       <w:r w:rsidRPr="005273E4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> return manifold sections. Manifold shall be designed to handle maximum </w:t>
       </w:r>
       <w:r w:rsidR="00C4662E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>48</w:t>
       </w:r>
       <w:r w:rsidRPr="005273E4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> gpm for </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005273E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>gpm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005273E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for </w:t>
       </w:r>
       <w:r w:rsidR="00C4662E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>12</w:t>
       </w:r>
       <w:r w:rsidRPr="005273E4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">-loop manifold. </w:t>
       </w:r>
       <w:r w:rsidR="00C4662E" w:rsidRPr="00643679">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>The included manifold supply and return ball valves come with an</w:t>
       </w:r>
       <w:r w:rsidR="00F571C7" w:rsidRPr="00643679">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -6351,59 +6420,68 @@
       </w:r>
       <w:r w:rsidR="00324DCD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F8AD50C" w14:textId="5260A862" w:rsidR="00B77AE0" w:rsidRDefault="00324DCD" w:rsidP="003C65A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Supply and Return Piping Type: Uponor helioPE</w:t>
+        <w:t xml:space="preserve">Supply and Return Piping Type: Uponor </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>helioPE</w:t>
       </w:r>
       <w:r w:rsidR="003408AF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>X</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> X2 tubing.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58FD545C" w14:textId="3CEBBE37" w:rsidR="004A2C79" w:rsidRPr="00CF1AFB" w:rsidRDefault="00CF1AFB" w:rsidP="003C65A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF1AFB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
@@ -6458,69 +6536,69 @@
       </w:pPr>
       <w:r w:rsidRPr="00CF1AFB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Water Temperature and HVAC Controls: Refer to the controls section of the tender document.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CF10AAB" w14:textId="5B5443E5" w:rsidR="00CF1AFB" w:rsidRDefault="00CF1AFB" w:rsidP="003C65A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF1AFB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Thermostats: Thermostats shall be of type designed specifically for Radiant Heating and shall have slab sensing capability. Thermostats shall be supplied by PEX tubing manufacturer.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="063320E9" w14:textId="77777777" w:rsidR="004B511B" w:rsidRPr="004B511B" w:rsidRDefault="004B511B" w:rsidP="004B511B">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:vanish/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF1AFB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:vanish/>
           <w:color w:val="FF0000"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>[Select one thermostat type in “.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:vanish/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF1AFB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:vanish/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>” below]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72823580" w14:textId="5C4D6E23" w:rsidR="00CF1AFB" w:rsidRPr="00E4694D" w:rsidRDefault="00CF1AFB" w:rsidP="003C65A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
@@ -6552,98 +6630,146 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="084B6BCF" w14:textId="044EC0F7" w:rsidR="00CF1AFB" w:rsidRPr="00E4694D" w:rsidRDefault="00CF1AFB" w:rsidP="003C65A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E4694D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Thermostat Type: </w:t>
       </w:r>
       <w:r w:rsidR="00F571C7" w:rsidRPr="00E4694D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Uponor SetPoint 521, Programmable Thermostat with floor sensor</w:t>
+        <w:t xml:space="preserve">Uponor </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F571C7" w:rsidRPr="00E4694D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>SetPoint</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F571C7" w:rsidRPr="00E4694D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 521, Programmable Thermostat with floor sensor</w:t>
       </w:r>
       <w:r w:rsidR="006B3E7E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5073A4DD" w14:textId="29DFA878" w:rsidR="00F571C7" w:rsidRPr="006E3AA5" w:rsidRDefault="00F571C7" w:rsidP="003C65A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E3AA5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Thermostat Type: </w:t>
       </w:r>
       <w:r w:rsidR="001539FD" w:rsidRPr="006E3AA5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Uponor Smatrix Pulse Digital Thermostat (T-169) </w:t>
+        <w:t xml:space="preserve">Uponor </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001539FD" w:rsidRPr="006E3AA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Smatrix</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001539FD" w:rsidRPr="006E3AA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Pulse Digital Thermostat (T-169) </w:t>
       </w:r>
       <w:r w:rsidR="006B3E7E" w:rsidRPr="006E3AA5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidR="001539FD" w:rsidRPr="006E3AA5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>must be used with Smatrix Pulse Controller (X-265)</w:t>
+        <w:t xml:space="preserve">must be used with </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001539FD" w:rsidRPr="006E3AA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Smatrix</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001539FD" w:rsidRPr="006E3AA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Pulse Controller (X-265)</w:t>
       </w:r>
       <w:r w:rsidR="006B3E7E" w:rsidRPr="006E3AA5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F8882C1" w14:textId="77777777" w:rsidR="004B511B" w:rsidRDefault="004B511B" w:rsidP="003C65A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B511B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
@@ -6658,51 +6784,67 @@
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B511B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Zone Control Panels: Zone control panels with LED lights indicating zone operational status shall be provided for each manifold location</w:t>
       </w:r>
       <w:r w:rsidR="001539FD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001539FD" w:rsidRPr="00AC3915">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>or Smatrix Pulse Controller (X-265)</w:t>
+        <w:t xml:space="preserve">or </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001539FD" w:rsidRPr="00AC3915">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Smatrix</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001539FD" w:rsidRPr="00AC3915">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Pulse Controller (X-265)</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC3915">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="004B511B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Zone control panels shall be supplied by PEX tubing manufacturer.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AFC7DBE" w14:textId="77777777" w:rsidR="004B511B" w:rsidRDefault="004B511B" w:rsidP="003C65A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
@@ -7081,678 +7223,1191 @@
       </w:pPr>
       <w:r w:rsidRPr="004B511B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Install tubing loops without splices. It is acceptable to install a repair splice within the embedded loop should on-site damage occur and an emergency repair be authorized. Refer to PEX tubing manufacturer’s installation handbook for instructions on the proper installation of the repair splice.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33AEC95B" w14:textId="77777777" w:rsidR="004B511B" w:rsidRDefault="004B511B" w:rsidP="003C65A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B511B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
+        <w:t>Ensure that no glues, solvents, sealants or chemicals come in contact with the tubing without prior permission from the tube manufacturer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="536F6D71" w14:textId="77777777" w:rsidR="004B511B" w:rsidRDefault="004B511B" w:rsidP="003C65A1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B511B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Ensure that no glues, solvents, sealants or chemicals come in contact with the tubing without prior permission from the tube manufacturer.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="536F6D71" w14:textId="77777777" w:rsidR="004B511B" w:rsidRDefault="004B511B" w:rsidP="003C65A1">
+        <w:t>Manufacturer’s bend supports shall be used where tubing enters and exits the slab.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28E922D0" w14:textId="77777777" w:rsidR="005511C2" w:rsidRDefault="005511C2" w:rsidP="005511C2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">All fitting connections to the PEX tubing shall </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">be </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">made </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the requirements of ASTM F1960.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DA9EF4D" w14:textId="77777777" w:rsidR="00C60E05" w:rsidRPr="00AC1985" w:rsidRDefault="00C60E05" w:rsidP="00C60E05">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D1361">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Ensure the required</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D1361">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>firestop material defined in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D1361">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>the assembly (i.e., sealant)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D1361">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>does not come into contact</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D1361">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>with Uponor EP fittings</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CED4D52" w14:textId="77777777" w:rsidR="00AC059E" w:rsidRPr="00AC1985" w:rsidRDefault="00AC059E" w:rsidP="00AC059E">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">PEX piping shall be installed per CAN/ULC-S102.2 requirements for plenum applications. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74C66988" w14:textId="77777777" w:rsidR="004B511B" w:rsidRDefault="004B511B" w:rsidP="003C65A1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="004B511B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Manufacturer’s bend supports shall be used where tubing enters and exits the slab.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="74C66988" w14:textId="77777777" w:rsidR="004B511B" w:rsidRDefault="004B511B" w:rsidP="003C65A1">
+        <w:t>Methods of tubing attachment shall be to manufacturer’s installation handbook.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7ACB6C4E" w14:textId="375199FC" w:rsidR="004B511B" w:rsidRDefault="004B511B" w:rsidP="003C65A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B511B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Methods of tubing attachment shall be to manufacturer’s installation handbook.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7ACB6C4E" w14:textId="375199FC" w:rsidR="004B511B" w:rsidRDefault="004B511B" w:rsidP="003C65A1">
+        <w:t>Pressurize tubing system with air or water in accordance with applicable codes</w:t>
+      </w:r>
+      <w:r w:rsidR="00A97D2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and manufacturer's recommendations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6906EDBC" w14:textId="42A042AA" w:rsidR="004B511B" w:rsidRDefault="004B511B" w:rsidP="003C65A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B511B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Pressurize tubing system with air or water in accordance with applicable codes</w:t>
-[...9 lines deleted...]
-    <w:p w14:paraId="6906EDBC" w14:textId="42A042AA" w:rsidR="004B511B" w:rsidRDefault="004B511B" w:rsidP="003C65A1">
+        <w:t>Comply with safety precautions when pressure testing, including use of compressed air, where applicable. Water shall not be used to pressurize the system if ambient air temperature has the possibility of dropping below 32</w:t>
+      </w:r>
+      <w:r w:rsidR="00895609">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>°</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B511B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>F (0</w:t>
+      </w:r>
+      <w:r w:rsidR="00895609">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>°</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B511B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>C).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49DB39CF" w14:textId="761BFF3B" w:rsidR="004B511B" w:rsidRDefault="001B37EC" w:rsidP="003C65A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Ensure system to be protected from freezing conditions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A45A558" w14:textId="3BCDA854" w:rsidR="004B511B" w:rsidRDefault="004B511B" w:rsidP="003C65A1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="004B511B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Comply with safety precautions when pressure testing, including use of compressed air, where applicable. Water shall not be used to pressurize the system if ambient air temperature has the possibility of dropping below 32</w:t>
-[...7 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">Initial Balancing: Adjust flow to all loops as indicated on shop drawings. Flow adjustment settings are to be generated by the Uponor </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C90A1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>LoopCAD</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004B511B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>F (0</w:t>
-[...7 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> software.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CE5176E" w14:textId="77777777" w:rsidR="004B511B" w:rsidRDefault="004B511B" w:rsidP="003C65A1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="004B511B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>C).</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="49DB39CF" w14:textId="761BFF3B" w:rsidR="004B511B" w:rsidRDefault="001B37EC" w:rsidP="003C65A1">
+        <w:t>System shall not be operated during panel concrete curing period unless permission has been granted and specific instructions on panel pre-heating has been provided.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DFF1404" w14:textId="77777777" w:rsidR="00EE7C67" w:rsidRPr="00B769F7" w:rsidRDefault="004B511B" w:rsidP="003C65A1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B511B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Related Products Installation: Refer to other sections listed in Related Sections paragraph herein for related products installation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DAFD869" w14:textId="77777777" w:rsidR="00EE7C67" w:rsidRDefault="00EE7C67" w:rsidP="00970132">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E405D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>FIELD QUALITY REQUIREMENTS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E0E10D5" w14:textId="600961D9" w:rsidR="00B769F7" w:rsidRDefault="00B769F7" w:rsidP="003C65A1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B769F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Site Tests (Installation and Post-Installation Testing): [Specify applicable test requirements to be </w:t>
+      </w:r>
+      <w:r w:rsidR="00140999">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>performed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B769F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> during and after product installation].</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CA8894F" w14:textId="77777777" w:rsidR="00B769F7" w:rsidRDefault="00B769F7" w:rsidP="003C65A1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B769F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Manufacturer’s Field Services: Provide manufacturer’s field service consisting of product use recommendations and periodic site visit for inspection of product installation in accordance with manufacturer’s instructions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08A84B95" w14:textId="77777777" w:rsidR="00EE7C67" w:rsidRPr="00B769F7" w:rsidRDefault="00B769F7" w:rsidP="003C65A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-      </w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B769F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Site Visits: [Specify number and duration of periodic site visits].</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B68493A" w14:textId="77777777" w:rsidR="00EE7C67" w:rsidRDefault="00EE7C67" w:rsidP="00970132">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E405D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>ADJUSTING</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2ACE1575" w14:textId="4B7FB997" w:rsidR="00B769F7" w:rsidRDefault="00B769F7" w:rsidP="003C65A1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B769F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Adjusting: Balance all loops </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB77A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">by adjusting flowmeter to the desired setting according to </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BB77A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>LoopCAD</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BB77A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> design or designer recommendation</w:t>
+      </w:r>
+      <w:r w:rsidR="001D720C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F19E5BF" w14:textId="6558F7D0" w:rsidR="00B769F7" w:rsidRPr="00B769F7" w:rsidRDefault="00B769F7" w:rsidP="003C65A1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B769F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Adjusting: Balance all hydronic distribution lines based on manifold or terminal unit requirement</w:t>
+      </w:r>
+      <w:r w:rsidR="0097580B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F8FABB9" w14:textId="77777777" w:rsidR="00EE7C67" w:rsidRDefault="00EE7C67" w:rsidP="00970132">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E405D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>CLEANING</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25BBC228" w14:textId="6305D0E3" w:rsidR="009F0337" w:rsidRDefault="00B769F7" w:rsidP="00500AD4">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B769F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Cleaning: Remove temporary coverings and protection of adjacent work areas. Repair or replace damaged installed products. Clean installed products in accordance with manufacturer’s instructions prior to Owner’s acceptance. Remove construction debris from project site and legally dispose of debris.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F54888">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> If a chemical disinfection product is used, care must be given to either isolate the PEX from the rest of the system or use a procedure recommended </w:t>
+      </w:r>
+      <w:r w:rsidR="004815E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">by </w:t>
+      </w:r>
+      <w:r w:rsidR="00140999">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="004815E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>manufacturer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F037700" w14:textId="77777777" w:rsidR="00500AD4" w:rsidRPr="008A70F5" w:rsidRDefault="00500AD4" w:rsidP="00500AD4">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A70F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Water system disinfection</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12F8FCB7" w14:textId="77777777" w:rsidR="00500AD4" w:rsidRPr="008A70F5" w:rsidRDefault="00500AD4" w:rsidP="00500AD4">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A70F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Uponor AquaPEX piping should be disinfected in accordance with </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidRPr="008A70F5">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>Uponor Disinfection Guidelines</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008A70F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or local codes. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7503B76B" w14:textId="77777777" w:rsidR="00500AD4" w:rsidRPr="008A70F5" w:rsidRDefault="00500AD4" w:rsidP="00500AD4">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A70F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Use non-petroleum-based cleaners.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AA073E4" w14:textId="77777777" w:rsidR="00500AD4" w:rsidRPr="008A70F5" w:rsidRDefault="00500AD4" w:rsidP="00500AD4">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A70F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Not exceed a pH of 11.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="688ABA95" w14:textId="77777777" w:rsidR="00500AD4" w:rsidRPr="008A70F5" w:rsidRDefault="00500AD4" w:rsidP="00500AD4">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A70F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Do not allow system to exceed 80 psi</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:bCs/>
-[...5 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D24CE48" w14:textId="77777777" w:rsidR="00500AD4" w:rsidRPr="008A70F5" w:rsidRDefault="00500AD4" w:rsidP="00500AD4">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:rPr>
-[...28 lines deleted...]
-      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A70F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Use a disinfecting solution (chlorine or chloramine) solution of:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="780A6610" w14:textId="77777777" w:rsidR="00500AD4" w:rsidRPr="008A70F5" w:rsidRDefault="00500AD4" w:rsidP="00500AD4">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A70F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">200 parts per million (ppm) for 3 hours at a maximum temperature of 77°F (25°C). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41FA5FB6" w14:textId="77777777" w:rsidR="00500AD4" w:rsidRPr="008A70F5" w:rsidRDefault="00500AD4" w:rsidP="00500AD4">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A70F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>50 ppm for 24 hours at a maximum temperature of 77°F (25°C).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D36922C" w14:textId="77777777" w:rsidR="00500AD4" w:rsidRPr="008A70F5" w:rsidRDefault="00500AD4" w:rsidP="00500AD4">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A70F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4 ppm for 72 hours at a maximum temperature of 140°F (60°C). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71927FA4" w14:textId="77777777" w:rsidR="00500AD4" w:rsidRPr="008A70F5" w:rsidRDefault="00500AD4" w:rsidP="00500AD4">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:rPr>
-[...12 lines deleted...]
-    <w:p w14:paraId="7DFF1404" w14:textId="77777777" w:rsidR="00EE7C67" w:rsidRPr="00B769F7" w:rsidRDefault="004B511B" w:rsidP="003C65A1">
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A70F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">To prevent reduced service life of system components, disinfection solutions should not stand in the system longer than 72 hours per </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:history="1">
+        <w:r w:rsidRPr="008A70F5">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>Uponor Disinfection Guidelines</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008A70F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>. Flush the system with potable water after disinfection.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C37B8BB" w14:textId="77777777" w:rsidR="00500AD4" w:rsidRPr="008A70F5" w:rsidRDefault="00500AD4" w:rsidP="00500AD4">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A70F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Chlorine Dioxide is not recommended for system disinfection.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20B6A50B" w14:textId="77777777" w:rsidR="00500AD4" w:rsidRPr="008A70F5" w:rsidRDefault="00500AD4" w:rsidP="00500AD4">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A70F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Consult piping manufacturer for compatibility if alternative disinfectants are to be used.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03CE9BF2" w14:textId="77777777" w:rsidR="001E74A4" w:rsidRPr="00B769F7" w:rsidRDefault="001E74A4" w:rsidP="003C65A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B511B">
-[...7 lines deleted...]
-    <w:p w14:paraId="3DAFD869" w14:textId="77777777" w:rsidR="00EE7C67" w:rsidRDefault="00EE7C67" w:rsidP="00970132">
+    </w:p>
+    <w:p w14:paraId="2F144C3A" w14:textId="77777777" w:rsidR="00EE7C67" w:rsidRDefault="00EE7C67" w:rsidP="00970132">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E405D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:t>FIELD QUALITY REQUIREMENTS</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1E0E10D5" w14:textId="600961D9" w:rsidR="00B769F7" w:rsidRDefault="00B769F7" w:rsidP="003C65A1">
+        <w:t>PROTECTION</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38BD22CA" w14:textId="77777777" w:rsidR="00EE7C67" w:rsidRPr="00B769F7" w:rsidRDefault="00B769F7" w:rsidP="003C65A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B769F7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Site Tests (Installation and Post-Installation Testing): [Specify applicable test requirements to be </w:t>
-[...64 lines deleted...]
-          <w:b/>
+        <w:t>Protection: Protect installed product and finish surfaces from damage during construction.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AEC716E" w14:textId="77777777" w:rsidR="00EE7C67" w:rsidRPr="007E405D" w:rsidRDefault="00EE7C67">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6BC85ED4" w14:textId="77777777" w:rsidR="00EE7C67" w:rsidRPr="007E405D" w:rsidRDefault="00EE7C67" w:rsidP="00E335B7">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E405D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...182 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>END OF SECTION</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00EE7C67" w:rsidRPr="007E405D" w:rsidSect="00A267F2">
-      <w:headerReference w:type="even" r:id="rId20"/>
-[...2 lines deleted...]
-      <w:headerReference w:type="first" r:id="rId23"/>
+      <w:headerReference w:type="even" r:id="rId22"/>
+      <w:headerReference w:type="default" r:id="rId23"/>
+      <w:footerReference w:type="default" r:id="rId24"/>
+      <w:headerReference w:type="first" r:id="rId25"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1EB3B4FE" w14:textId="77777777" w:rsidR="00CE7EF3" w:rsidRDefault="00CE7EF3">
+    <w:p w14:paraId="0467FCD2" w14:textId="77777777" w:rsidR="00AF597F" w:rsidRDefault="00AF597F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="180D27FC" w14:textId="77777777" w:rsidR="00CE7EF3" w:rsidRDefault="00CE7EF3">
+    <w:p w14:paraId="45714116" w14:textId="77777777" w:rsidR="00AF597F" w:rsidRDefault="00AF597F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
-    <w:pitch w:val="variable"/>
-[...5 lines deleted...]
-    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7916C66B" w14:textId="4CCCFC7E" w:rsidR="004A2C79" w:rsidRPr="003F2F5A" w:rsidRDefault="004902C5" w:rsidP="00416EE0">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
       <w:t xml:space="preserve">GF Building Flow Solutions </w:t>
     </w:r>
     <w:r w:rsidR="00416EE0" w:rsidRPr="003F2F5A">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
       <w:t>Radiant Heating and Cooling Specification (Full Version)</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="79C6F413" w14:textId="3876A0E4" w:rsidR="00EE7C67" w:rsidRPr="003F2F5A" w:rsidRDefault="003F2F5A" w:rsidP="00416EE0">
+  <w:p w14:paraId="79C6F413" w14:textId="7912D80A" w:rsidR="00EE7C67" w:rsidRPr="003F2F5A" w:rsidRDefault="00CA1218" w:rsidP="00416EE0">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
-      <w:t xml:space="preserve">December </w:t>
+      <w:t>January</w:t>
     </w:r>
-    <w:r w:rsidR="006D272E">
+    <w:r w:rsidR="003F2F5A">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
-      <w:t>8</w:t>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="00AE20F9">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r w:rsidR="009E584D">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:rPr>
+      <w:t>9</w:t>
     </w:r>
     <w:r w:rsidR="005A5C54" w:rsidRPr="003F2F5A">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
-      <w:t>, 2025</w:t>
+      <w:t>, 202</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:rPr>
+      <w:t>6</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="608E6AD2" w14:textId="0BFB1B85" w:rsidR="00416EE0" w:rsidRPr="003F2F5A" w:rsidRDefault="00416EE0" w:rsidP="004A2C79">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="003F2F5A">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
       <w:t xml:space="preserve">23 </w:t>
     </w:r>
     <w:r w:rsidR="009B6205" w:rsidRPr="003F2F5A">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
       <w:t>83 16</w:t>
     </w:r>
     <w:r w:rsidRPr="003F2F5A">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -7776,58 +8431,58 @@
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00EF451C" w:rsidRPr="003F2F5A">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
       </w:rPr>
       <w:t>11</w:t>
     </w:r>
     <w:r w:rsidRPr="003F2F5A">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="07347A2E" w14:textId="77777777" w:rsidR="00CE7EF3" w:rsidRDefault="00CE7EF3">
+    <w:p w14:paraId="17BF7142" w14:textId="77777777" w:rsidR="00AF597F" w:rsidRDefault="00AF597F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="48A8A6D9" w14:textId="77777777" w:rsidR="00CE7EF3" w:rsidRDefault="00CE7EF3">
+    <w:p w14:paraId="181500D5" w14:textId="77777777" w:rsidR="00AF597F" w:rsidRDefault="00AF597F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="546F2F82" w14:textId="2F4F88DD" w:rsidR="00F46BA5" w:rsidRDefault="00F46BA5">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="19423FAF" wp14:editId="5DA29CBC">
               <wp:simplePos x="635" y="635"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>center</wp:align>
@@ -8190,50 +8845,168 @@
         <w:ind w:left="3456" w:hanging="576"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="ARCATSubSub4"/>
       <w:lvlText w:val="%8) "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4032" w:hanging="576"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:pStyle w:val="ARCATSubSub5"/>
       <w:lvlText w:val="%9) "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4608" w:hanging="576"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="24201122"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="723E1C86"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.0"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=".%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=".%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=".%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=".%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=".%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7560" w:hanging="2520"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8280" w:hanging="2520"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="28DE78B9"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B2F866B4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
@@ -8309,51 +9082,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=".%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=".%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="34E15ABA"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B2F866B4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
@@ -8429,51 +9202,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=".%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=".%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="39A072C5"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B2F866B4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
@@ -8549,51 +9322,169 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=".%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=".%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3B4C07A9"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="723E1C86"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.0"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=".%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=".%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=".%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=".%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=".%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7560" w:hanging="2520"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8280" w:hanging="2520"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3EDC4D23"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F6EC79E6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
@@ -8669,51 +9560,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=".%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=".%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5B24508C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B2F866B4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
@@ -8789,51 +9680,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=".%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=".%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5EC4442C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F6EC79E6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
@@ -8909,51 +9800,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=".%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=".%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="69327DCF"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7908AC00"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
@@ -9029,51 +9920,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=".%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=".%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="75382DC9"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D7FC7972"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
@@ -9149,51 +10040,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=".%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=".%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E125D56"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C3309E08"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
@@ -9269,78 +10160,84 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="2520"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8280" w:hanging="2520"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="6518878">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="813255289">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1002664774">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="517013941">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="812792384">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1628045936">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1199198859">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1987660827">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1002664774">
-[...16 lines deleted...]
-  </w:num>
   <w:num w:numId="9" w16cid:durableId="1273127241">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1929121640">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1504541698">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1428845679">
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="8"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
@@ -9388,348 +10285,367 @@
     <w:rsid w:val="00131EC5"/>
     <w:rsid w:val="001323FC"/>
     <w:rsid w:val="00135629"/>
     <w:rsid w:val="00140999"/>
     <w:rsid w:val="00150D45"/>
     <w:rsid w:val="00152B59"/>
     <w:rsid w:val="00153360"/>
     <w:rsid w:val="001539FD"/>
     <w:rsid w:val="00153A9B"/>
     <w:rsid w:val="00153C9C"/>
     <w:rsid w:val="00155532"/>
     <w:rsid w:val="00160CFC"/>
     <w:rsid w:val="00174702"/>
     <w:rsid w:val="0017549C"/>
     <w:rsid w:val="0018424E"/>
     <w:rsid w:val="001A00C2"/>
     <w:rsid w:val="001A00F3"/>
     <w:rsid w:val="001B37EC"/>
     <w:rsid w:val="001B607F"/>
     <w:rsid w:val="001C00C8"/>
     <w:rsid w:val="001C2B2E"/>
     <w:rsid w:val="001C46C3"/>
     <w:rsid w:val="001D720C"/>
     <w:rsid w:val="001E0044"/>
     <w:rsid w:val="001E6CA1"/>
+    <w:rsid w:val="001E74A4"/>
     <w:rsid w:val="001F5B63"/>
     <w:rsid w:val="00201EE7"/>
     <w:rsid w:val="0020438F"/>
     <w:rsid w:val="0021282B"/>
     <w:rsid w:val="00214796"/>
     <w:rsid w:val="00214DD0"/>
     <w:rsid w:val="0021737F"/>
     <w:rsid w:val="00217843"/>
     <w:rsid w:val="00254661"/>
     <w:rsid w:val="00264B42"/>
     <w:rsid w:val="00265511"/>
     <w:rsid w:val="0026799F"/>
     <w:rsid w:val="002719C5"/>
     <w:rsid w:val="00281B19"/>
     <w:rsid w:val="00285623"/>
     <w:rsid w:val="00285C19"/>
     <w:rsid w:val="00285CD4"/>
     <w:rsid w:val="002A1AA8"/>
     <w:rsid w:val="002B7E16"/>
     <w:rsid w:val="002C1282"/>
     <w:rsid w:val="002C1897"/>
     <w:rsid w:val="002C334A"/>
     <w:rsid w:val="002C588D"/>
     <w:rsid w:val="002D360B"/>
     <w:rsid w:val="002D4611"/>
     <w:rsid w:val="002D5712"/>
     <w:rsid w:val="002D74FC"/>
     <w:rsid w:val="002F3694"/>
     <w:rsid w:val="00301B88"/>
     <w:rsid w:val="003072FF"/>
     <w:rsid w:val="003079BA"/>
     <w:rsid w:val="0031479D"/>
     <w:rsid w:val="00317933"/>
     <w:rsid w:val="00317BEA"/>
     <w:rsid w:val="003201B1"/>
     <w:rsid w:val="00324DCD"/>
     <w:rsid w:val="003367DC"/>
     <w:rsid w:val="003408AF"/>
     <w:rsid w:val="00357D07"/>
     <w:rsid w:val="0036680B"/>
     <w:rsid w:val="0037275D"/>
     <w:rsid w:val="0037280C"/>
     <w:rsid w:val="00397648"/>
     <w:rsid w:val="003A2066"/>
     <w:rsid w:val="003B41DD"/>
+    <w:rsid w:val="003B57F7"/>
     <w:rsid w:val="003C08B8"/>
     <w:rsid w:val="003C65A1"/>
     <w:rsid w:val="003E0CC6"/>
     <w:rsid w:val="003F2F5A"/>
     <w:rsid w:val="00400158"/>
     <w:rsid w:val="00415A03"/>
     <w:rsid w:val="00416EE0"/>
     <w:rsid w:val="00422801"/>
     <w:rsid w:val="0042413A"/>
     <w:rsid w:val="004408B5"/>
     <w:rsid w:val="004512E3"/>
     <w:rsid w:val="00451C6F"/>
     <w:rsid w:val="00452A4D"/>
     <w:rsid w:val="004600D7"/>
     <w:rsid w:val="00460665"/>
     <w:rsid w:val="00460D96"/>
     <w:rsid w:val="004618E6"/>
     <w:rsid w:val="004815E7"/>
     <w:rsid w:val="00482A36"/>
     <w:rsid w:val="004840E5"/>
     <w:rsid w:val="004902C5"/>
     <w:rsid w:val="004974EC"/>
+    <w:rsid w:val="004A0B05"/>
     <w:rsid w:val="004A2C79"/>
     <w:rsid w:val="004A470E"/>
     <w:rsid w:val="004B511B"/>
     <w:rsid w:val="004B7339"/>
+    <w:rsid w:val="004B7D25"/>
     <w:rsid w:val="004D0C86"/>
     <w:rsid w:val="004D495F"/>
     <w:rsid w:val="004E066B"/>
     <w:rsid w:val="004E2F51"/>
     <w:rsid w:val="004E4E49"/>
     <w:rsid w:val="004E69A1"/>
     <w:rsid w:val="004F1AAA"/>
     <w:rsid w:val="004F3902"/>
     <w:rsid w:val="004F5369"/>
     <w:rsid w:val="004F5811"/>
+    <w:rsid w:val="00500AD4"/>
     <w:rsid w:val="0051711D"/>
     <w:rsid w:val="005273E4"/>
     <w:rsid w:val="00540E81"/>
+    <w:rsid w:val="005511C2"/>
     <w:rsid w:val="005537EB"/>
     <w:rsid w:val="00553F18"/>
     <w:rsid w:val="005544B2"/>
     <w:rsid w:val="005660FB"/>
     <w:rsid w:val="00567C3E"/>
     <w:rsid w:val="005753D0"/>
     <w:rsid w:val="00580005"/>
     <w:rsid w:val="00581528"/>
     <w:rsid w:val="005873AC"/>
     <w:rsid w:val="00593191"/>
+    <w:rsid w:val="005A0E96"/>
     <w:rsid w:val="005A5C54"/>
     <w:rsid w:val="005B004C"/>
     <w:rsid w:val="005B3558"/>
     <w:rsid w:val="005B5BEF"/>
     <w:rsid w:val="005C3D83"/>
     <w:rsid w:val="005C41C7"/>
     <w:rsid w:val="005C6890"/>
     <w:rsid w:val="005D11E1"/>
     <w:rsid w:val="005D4E26"/>
+    <w:rsid w:val="005E7C1B"/>
     <w:rsid w:val="005F4928"/>
     <w:rsid w:val="00602226"/>
     <w:rsid w:val="0060354F"/>
     <w:rsid w:val="006057CC"/>
     <w:rsid w:val="006073F8"/>
     <w:rsid w:val="00610810"/>
     <w:rsid w:val="00612065"/>
     <w:rsid w:val="00612CF6"/>
     <w:rsid w:val="00624467"/>
     <w:rsid w:val="0063196B"/>
     <w:rsid w:val="00637037"/>
     <w:rsid w:val="00640FBF"/>
     <w:rsid w:val="00641B3B"/>
     <w:rsid w:val="00643679"/>
     <w:rsid w:val="006536AD"/>
     <w:rsid w:val="00663701"/>
     <w:rsid w:val="0066551D"/>
     <w:rsid w:val="006659E5"/>
     <w:rsid w:val="00666B03"/>
     <w:rsid w:val="00673CEE"/>
     <w:rsid w:val="006762FF"/>
     <w:rsid w:val="00676804"/>
     <w:rsid w:val="006820B8"/>
     <w:rsid w:val="00687605"/>
     <w:rsid w:val="00690597"/>
     <w:rsid w:val="006961AB"/>
     <w:rsid w:val="006A2561"/>
     <w:rsid w:val="006B034B"/>
     <w:rsid w:val="006B0AB8"/>
     <w:rsid w:val="006B3DBA"/>
     <w:rsid w:val="006B3E7E"/>
+    <w:rsid w:val="006B56B5"/>
     <w:rsid w:val="006C4D52"/>
     <w:rsid w:val="006C62EE"/>
     <w:rsid w:val="006D272E"/>
     <w:rsid w:val="006D35CA"/>
     <w:rsid w:val="006D673F"/>
     <w:rsid w:val="006E3AA5"/>
     <w:rsid w:val="006E40A3"/>
     <w:rsid w:val="006E6849"/>
     <w:rsid w:val="006F546E"/>
     <w:rsid w:val="006F6220"/>
     <w:rsid w:val="006F6FA0"/>
     <w:rsid w:val="007009D6"/>
     <w:rsid w:val="0070243E"/>
     <w:rsid w:val="0071091B"/>
     <w:rsid w:val="00712B05"/>
     <w:rsid w:val="007168DB"/>
     <w:rsid w:val="00721FD8"/>
     <w:rsid w:val="00722917"/>
     <w:rsid w:val="00736339"/>
     <w:rsid w:val="00740B2C"/>
     <w:rsid w:val="00744B81"/>
     <w:rsid w:val="00752B09"/>
     <w:rsid w:val="0075758C"/>
     <w:rsid w:val="007620EE"/>
     <w:rsid w:val="00772A29"/>
     <w:rsid w:val="00777067"/>
     <w:rsid w:val="00780A18"/>
     <w:rsid w:val="007870FE"/>
     <w:rsid w:val="00790C00"/>
     <w:rsid w:val="00793D93"/>
     <w:rsid w:val="007A4531"/>
     <w:rsid w:val="007B1929"/>
     <w:rsid w:val="007B2D3D"/>
     <w:rsid w:val="007C6FE3"/>
     <w:rsid w:val="007D0767"/>
     <w:rsid w:val="007E405D"/>
     <w:rsid w:val="007E7298"/>
     <w:rsid w:val="00804E5C"/>
     <w:rsid w:val="0082297B"/>
     <w:rsid w:val="00824C56"/>
     <w:rsid w:val="00830D8A"/>
     <w:rsid w:val="00833F4D"/>
     <w:rsid w:val="00836CDE"/>
     <w:rsid w:val="00847B7D"/>
     <w:rsid w:val="00850827"/>
+    <w:rsid w:val="00850CE2"/>
     <w:rsid w:val="00861677"/>
     <w:rsid w:val="0086257C"/>
     <w:rsid w:val="00864778"/>
     <w:rsid w:val="00871086"/>
     <w:rsid w:val="008713AB"/>
     <w:rsid w:val="00877A10"/>
     <w:rsid w:val="00881247"/>
     <w:rsid w:val="00882F78"/>
     <w:rsid w:val="0088489D"/>
     <w:rsid w:val="00895609"/>
     <w:rsid w:val="008A1B41"/>
     <w:rsid w:val="008A5D10"/>
     <w:rsid w:val="008A65F1"/>
     <w:rsid w:val="008A67C5"/>
     <w:rsid w:val="008A7066"/>
     <w:rsid w:val="008B2DFB"/>
     <w:rsid w:val="008B5F54"/>
     <w:rsid w:val="008B7D02"/>
     <w:rsid w:val="008D19EF"/>
     <w:rsid w:val="008D62DE"/>
     <w:rsid w:val="008E363B"/>
     <w:rsid w:val="008E5910"/>
     <w:rsid w:val="008F5A21"/>
     <w:rsid w:val="00907AD1"/>
     <w:rsid w:val="00910D6A"/>
     <w:rsid w:val="009135B7"/>
     <w:rsid w:val="00913A32"/>
     <w:rsid w:val="00914CE8"/>
     <w:rsid w:val="00914E3F"/>
     <w:rsid w:val="00915782"/>
     <w:rsid w:val="00917031"/>
     <w:rsid w:val="009251E8"/>
     <w:rsid w:val="00932900"/>
     <w:rsid w:val="00945AEF"/>
     <w:rsid w:val="00947825"/>
     <w:rsid w:val="00950110"/>
     <w:rsid w:val="00956786"/>
     <w:rsid w:val="00961B3D"/>
     <w:rsid w:val="0096479F"/>
     <w:rsid w:val="00964BD4"/>
     <w:rsid w:val="0096542F"/>
     <w:rsid w:val="00970132"/>
     <w:rsid w:val="00970853"/>
     <w:rsid w:val="00970F1F"/>
     <w:rsid w:val="0097580B"/>
+    <w:rsid w:val="00976910"/>
     <w:rsid w:val="0098215A"/>
     <w:rsid w:val="009A7EDC"/>
     <w:rsid w:val="009B6205"/>
     <w:rsid w:val="009B7677"/>
     <w:rsid w:val="009E08C4"/>
     <w:rsid w:val="009E215B"/>
+    <w:rsid w:val="009E584D"/>
     <w:rsid w:val="009F0337"/>
     <w:rsid w:val="009F0BA9"/>
     <w:rsid w:val="009F54EA"/>
     <w:rsid w:val="009F61AE"/>
     <w:rsid w:val="00A117EA"/>
     <w:rsid w:val="00A267F2"/>
     <w:rsid w:val="00A274E1"/>
     <w:rsid w:val="00A338A3"/>
     <w:rsid w:val="00A36995"/>
     <w:rsid w:val="00A44ACF"/>
     <w:rsid w:val="00A45C2F"/>
     <w:rsid w:val="00A54FB2"/>
     <w:rsid w:val="00A62B6D"/>
     <w:rsid w:val="00A64707"/>
     <w:rsid w:val="00A70B7B"/>
     <w:rsid w:val="00A868FA"/>
     <w:rsid w:val="00A97D2C"/>
     <w:rsid w:val="00AA6FDB"/>
     <w:rsid w:val="00AB2EB5"/>
+    <w:rsid w:val="00AC059E"/>
     <w:rsid w:val="00AC1C1C"/>
     <w:rsid w:val="00AC1FD1"/>
     <w:rsid w:val="00AC3915"/>
     <w:rsid w:val="00AC53C6"/>
     <w:rsid w:val="00AD07D6"/>
     <w:rsid w:val="00AD1FCA"/>
     <w:rsid w:val="00AD4651"/>
     <w:rsid w:val="00AD4FE1"/>
     <w:rsid w:val="00AD66B2"/>
     <w:rsid w:val="00AE09F5"/>
+    <w:rsid w:val="00AE20F9"/>
     <w:rsid w:val="00AE4C08"/>
     <w:rsid w:val="00AE4E1B"/>
+    <w:rsid w:val="00AF597F"/>
     <w:rsid w:val="00AF7754"/>
+    <w:rsid w:val="00B16F3E"/>
     <w:rsid w:val="00B27E31"/>
     <w:rsid w:val="00B3029E"/>
     <w:rsid w:val="00B423E6"/>
     <w:rsid w:val="00B51CB3"/>
     <w:rsid w:val="00B6739A"/>
     <w:rsid w:val="00B769F7"/>
     <w:rsid w:val="00B77AE0"/>
     <w:rsid w:val="00B8298E"/>
     <w:rsid w:val="00B87251"/>
+    <w:rsid w:val="00B9116B"/>
     <w:rsid w:val="00B92ABC"/>
     <w:rsid w:val="00BB3168"/>
     <w:rsid w:val="00BB77A5"/>
     <w:rsid w:val="00BC1D2F"/>
     <w:rsid w:val="00BC34EA"/>
     <w:rsid w:val="00BD63FD"/>
     <w:rsid w:val="00BE10A0"/>
     <w:rsid w:val="00BE3E69"/>
     <w:rsid w:val="00BE4E5A"/>
     <w:rsid w:val="00BF51A1"/>
     <w:rsid w:val="00C0256B"/>
     <w:rsid w:val="00C054D7"/>
     <w:rsid w:val="00C05DCF"/>
     <w:rsid w:val="00C139D2"/>
     <w:rsid w:val="00C164ED"/>
     <w:rsid w:val="00C34FA6"/>
     <w:rsid w:val="00C403B0"/>
     <w:rsid w:val="00C40C10"/>
     <w:rsid w:val="00C4662E"/>
     <w:rsid w:val="00C5239E"/>
+    <w:rsid w:val="00C60E05"/>
     <w:rsid w:val="00C7487E"/>
     <w:rsid w:val="00C74926"/>
     <w:rsid w:val="00C77500"/>
     <w:rsid w:val="00C90A1C"/>
     <w:rsid w:val="00C92310"/>
     <w:rsid w:val="00C97CE2"/>
     <w:rsid w:val="00CA0E89"/>
+    <w:rsid w:val="00CA1218"/>
     <w:rsid w:val="00CA3F94"/>
     <w:rsid w:val="00CB0A10"/>
     <w:rsid w:val="00CB2D71"/>
     <w:rsid w:val="00CD10FB"/>
     <w:rsid w:val="00CD40B3"/>
     <w:rsid w:val="00CE4FFE"/>
     <w:rsid w:val="00CE5ABA"/>
     <w:rsid w:val="00CE7EF3"/>
     <w:rsid w:val="00CF127B"/>
     <w:rsid w:val="00CF1AFB"/>
     <w:rsid w:val="00CF5591"/>
     <w:rsid w:val="00CF7AA8"/>
     <w:rsid w:val="00D03992"/>
     <w:rsid w:val="00D0650A"/>
     <w:rsid w:val="00D06FD4"/>
     <w:rsid w:val="00D20A97"/>
     <w:rsid w:val="00D21EAC"/>
     <w:rsid w:val="00D22B8C"/>
     <w:rsid w:val="00D265DD"/>
     <w:rsid w:val="00D33B5E"/>
     <w:rsid w:val="00D35770"/>
     <w:rsid w:val="00D508D5"/>
     <w:rsid w:val="00D52F2E"/>
     <w:rsid w:val="00D532C2"/>
     <w:rsid w:val="00D5502A"/>
@@ -9762,54 +10678,56 @@
     <w:rsid w:val="00E4694D"/>
     <w:rsid w:val="00E71F07"/>
     <w:rsid w:val="00E73F38"/>
     <w:rsid w:val="00E84313"/>
     <w:rsid w:val="00E87F89"/>
     <w:rsid w:val="00E95025"/>
     <w:rsid w:val="00E95297"/>
     <w:rsid w:val="00E95522"/>
     <w:rsid w:val="00E957C1"/>
     <w:rsid w:val="00E962E8"/>
     <w:rsid w:val="00EA7763"/>
     <w:rsid w:val="00EB4739"/>
     <w:rsid w:val="00EC160A"/>
     <w:rsid w:val="00ED2B44"/>
     <w:rsid w:val="00ED2EC6"/>
     <w:rsid w:val="00EE383E"/>
     <w:rsid w:val="00EE7C67"/>
     <w:rsid w:val="00EF2EEC"/>
     <w:rsid w:val="00EF451C"/>
     <w:rsid w:val="00F00588"/>
     <w:rsid w:val="00F0545A"/>
     <w:rsid w:val="00F11D91"/>
     <w:rsid w:val="00F11FF7"/>
     <w:rsid w:val="00F150F6"/>
     <w:rsid w:val="00F20777"/>
+    <w:rsid w:val="00F37803"/>
     <w:rsid w:val="00F43B57"/>
     <w:rsid w:val="00F46BA5"/>
     <w:rsid w:val="00F50F3A"/>
     <w:rsid w:val="00F510FF"/>
+    <w:rsid w:val="00F51489"/>
     <w:rsid w:val="00F51FB6"/>
     <w:rsid w:val="00F54888"/>
     <w:rsid w:val="00F571C7"/>
     <w:rsid w:val="00F60BCE"/>
     <w:rsid w:val="00F66CAF"/>
     <w:rsid w:val="00F749D9"/>
     <w:rsid w:val="00F84A27"/>
     <w:rsid w:val="00F8732B"/>
     <w:rsid w:val="00F93C58"/>
     <w:rsid w:val="00F94336"/>
     <w:rsid w:val="00F966AB"/>
     <w:rsid w:val="00FA6AFB"/>
     <w:rsid w:val="00FB05F3"/>
     <w:rsid w:val="00FB0E4A"/>
     <w:rsid w:val="00FD63B4"/>
     <w:rsid w:val="00FE1AF3"/>
     <w:rsid w:val="00FE2638"/>
     <w:rsid w:val="00FE55EE"/>
     <w:rsid w:val="00FF679E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
@@ -10692,51 +11610,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1862357714">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:NAspecifications@uponor.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gf.showpad.com/share/xgkcqGWTtd1NwyvOCmve3" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gf.showpad.com/share/3mXdqyXdZZabBvFnpBMSn" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gf.showpad.com/share/FfM7cU6DiSOUuql9v1v8C" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.uponor.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.uponor.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:naspecifications@georgfischer.com" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur02.safelinks.protection.outlook.com/?url=https%3A%2F%2Fgf.showpad.com%2Fshare%2F6cglQJ8gnMjsALRv4QrC1&amp;data=05%7C02%7Cmatt.graber%40georgfischer.com%7C4fcd681f562c4c1ff98f08de207ce1a3%7Cd0f5c1a2e9a844ffa1ccb094c39a84d8%7C0%7C0%7C638983917897334566%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=aAZR9epji1%2FYGmyUnz4IREJvoIshtRmx8C79nBZkAAw%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gf.showpad.com/share/xgkcqGWTtd1NwyvOCmve3" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gf.showpad.com/share/3mXdqyXdZZabBvFnpBMSn" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur02.safelinks.protection.outlook.com/?url=https%3A%2F%2Fgf.showpad.com%2Fshare%2F6cglQJ8gnMjsALRv4QrC1&amp;data=05%7C02%7Cmatt.graber%40georgfischer.com%7C4fcd681f562c4c1ff98f08de207ce1a3%7Cd0f5c1a2e9a844ffa1ccb094c39a84d8%7C0%7C0%7C638983917897334566%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=aAZR9epji1%2FYGmyUnz4IREJvoIshtRmx8C79nBZkAAw%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gf.showpad.com/share/FfM7cU6DiSOUuql9v1v8C" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.uponor.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.uponor.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -11031,61 +11949,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010063DFA053A634A341974A0B6606E424BE" ma:contentTypeVersion="6" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="2f9b0661038b8b465dbc101dba5ae632">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="662a0a8a-0a04-4fe9-90f9-1bcbfc3c7acf" xmlns:ns3="397f2b64-b6bb-4f1d-9d04-58bf4fb463bd" xmlns:ns4="60b0d702-893c-4e2c-b860-55823d14ba9e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="73d025736cb0ef55502690562d3fc590" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="397f2b64-b6bb-4f1d-9d04-58bf4fb463bd">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="60b0d702-893c-4e2c-b860-55823d14ba9e" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010063DFA053A634A341974A0B6606E424BE" ma:contentTypeVersion="6" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0cd0b68543d96b3b15644d4abae2180f">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="662a0a8a-0a04-4fe9-90f9-1bcbfc3c7acf" xmlns:ns3="397f2b64-b6bb-4f1d-9d04-58bf4fb463bd" xmlns:ns4="60b0d702-893c-4e2c-b860-55823d14ba9e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a4a399015d7fb818acdcb6e28c8755f9" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="662a0a8a-0a04-4fe9-90f9-1bcbfc3c7acf"/>
     <xsd:import namespace="397f2b64-b6bb-4f1d-9d04-58bf4fb463bd"/>
     <xsd:import namespace="60b0d702-893c-4e2c-b860-55823d14ba9e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
@@ -11276,164 +12202,156 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...11 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F483BF83-58C0-45A7-83F8-897E090228C6}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E8C4710D-B586-443F-866E-FFC44ED532B9}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{632266ED-80BC-4BAA-8E0F-7A7E854F9BCB}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{320F51F2-B4B6-4255-921B-A665539873AB}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="397f2b64-b6bb-4f1d-9d04-58bf4fb463bd"/>
+    <ds:schemaRef ds:uri="60b0d702-893c-4e2c-b860-55823d14ba9e"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{783DDD54-D680-43C0-ABF7-58C286E882C6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="662a0a8a-0a04-4fe9-90f9-1bcbfc3c7acf"/>
     <ds:schemaRef ds:uri="397f2b64-b6bb-4f1d-9d04-58bf4fb463bd"/>
     <ds:schemaRef ds:uri="60b0d702-893c-4e2c-b860-55823d14ba9e"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{320F51F2-B4B6-4255-921B-A665539873AB}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F483BF83-58C0-45A7-83F8-897E090228C6}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...11 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8BC21663-6260-43C9-A18C-83F30CD0E895}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{8f8ff0ba-2c7f-4933-9c1e-ebae2a04b3e3}" enabled="1" method="Standard" siteId="{d0f5c1a2-e9a8-44ff-a1cc-b094c39a84d8}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>9</Pages>
-[...1 lines deleted...]
-  <Characters>22736</Characters>
+  <Pages>10</Pages>
+  <Words>4322</Words>
+  <Characters>24639</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>189</Lines>
-  <Paragraphs>53</Paragraphs>
+  <Lines>205</Lines>
+  <Paragraphs>57</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>SECTION 15770</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Uponor Wirsbo</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>26671</CharactersWithSpaces>
+  <CharactersWithSpaces>28904</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>1114207</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.uponor.ca/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>