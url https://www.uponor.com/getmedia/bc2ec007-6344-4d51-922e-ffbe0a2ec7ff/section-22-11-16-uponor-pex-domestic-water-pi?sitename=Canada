--- v0 (2025-12-18)
+++ v1 (2026-02-14)
@@ -313,2933 +313,2860 @@
     </w:p>
     <w:p w14:paraId="043573C8" w14:textId="77777777" w:rsidR="00876525" w:rsidRPr="00AC1985" w:rsidRDefault="00322A6D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC1985">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Section 22 11 16</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11A78305" w14:textId="77777777" w:rsidR="00876525" w:rsidRPr="00AC1985" w:rsidRDefault="00876525">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="625A159B" w14:textId="36CA88FF" w:rsidR="00876525" w:rsidRPr="00AC1985" w:rsidRDefault="00F44C56">
+    <w:p w14:paraId="389D7640" w14:textId="612FBB74" w:rsidR="00876525" w:rsidRDefault="00F44C56" w:rsidP="002825F0">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC1985">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>DOMESTIC WATER PIPING</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34FBBD64" w14:textId="77777777" w:rsidR="00876525" w:rsidRPr="00AC1985" w:rsidRDefault="00876525">
-[...6 lines deleted...]
-    <w:p w14:paraId="389D7640" w14:textId="55C7903A" w:rsidR="00876525" w:rsidRPr="00AC1985" w:rsidRDefault="00EE73AF" w:rsidP="00460357">
+    <w:p w14:paraId="6A5F72BD" w14:textId="77777777" w:rsidR="0022547F" w:rsidRPr="0022547F" w:rsidRDefault="0022547F" w:rsidP="0022547F"/>
+    <w:p w14:paraId="0BCE55B0" w14:textId="77777777" w:rsidR="008E0E6A" w:rsidRDefault="008E0E6A" w:rsidP="008E0E6A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59213766" w14:textId="77777777" w:rsidR="0001328B" w:rsidRPr="007E405D" w:rsidRDefault="0001328B" w:rsidP="0001328B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>GENERAL</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="165CB17C" w14:textId="07BF7872" w:rsidR="00811138" w:rsidRPr="00811138" w:rsidRDefault="00811138" w:rsidP="00811138">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>SECTION INCLUDES</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48920750" w14:textId="4ABB4D2E" w:rsidR="008E0E6A" w:rsidRPr="00AC1985" w:rsidRDefault="004E2C15" w:rsidP="008E0E6A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Domestic</w:t>
+      </w:r>
+      <w:r w:rsidR="001C0372">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>water piping and fittings for the following applications:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A0AEEF9" w14:textId="77777777" w:rsidR="001C0372" w:rsidRPr="001C0372" w:rsidRDefault="001C0372" w:rsidP="001C0372">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C0372">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Domestic cold-water piping</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="507EA790" w14:textId="77777777" w:rsidR="001C0372" w:rsidRPr="001C0372" w:rsidRDefault="001C0372" w:rsidP="001C0372">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C0372">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Domestic hot-water piping</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6682096B" w14:textId="21D4E811" w:rsidR="007F1533" w:rsidRDefault="001C0372" w:rsidP="007032AB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C0372">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Domestic hot-water recirculation piping</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C9E0AC5" w14:textId="1465A6B5" w:rsidR="007F1533" w:rsidRPr="007F1533" w:rsidRDefault="007F1533" w:rsidP="007F1533">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>RELATED</w:t>
+      </w:r>
+      <w:r w:rsidR="007032AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SECTIONS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21456992" w14:textId="77777777" w:rsidR="00675EB8" w:rsidRPr="00675EB8" w:rsidRDefault="00675EB8" w:rsidP="00675EB8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00675EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Section 22 11 13 – Facility Water Distribution Piping</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EEFD72F" w14:textId="77777777" w:rsidR="00675EB8" w:rsidRDefault="00675EB8" w:rsidP="00675EB8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00675EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Section 22 07 19 – Plumbing Piping Insulation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F0C4CD3" w14:textId="69814123" w:rsidR="00002040" w:rsidRPr="00675EB8" w:rsidRDefault="00B9126F" w:rsidP="00675EB8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Section 22 05 23 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00675EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00614BE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>General-Duty Valves for Plumbing Piping</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6962EB88" w14:textId="34FB399D" w:rsidR="00413D2C" w:rsidRPr="00614BE4" w:rsidRDefault="00675EB8" w:rsidP="00614BE4">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00675EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Section 22 05 29 – Hangers and Supports for Plumbing Piping and Equipment</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04283488" w14:textId="77777777" w:rsidR="00876525" w:rsidRPr="00AC1985" w:rsidRDefault="00876525" w:rsidP="00F44C56">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>REFERENCES</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1573E81A" w14:textId="77777777" w:rsidR="008E0E6A" w:rsidRPr="00AC1985" w:rsidRDefault="008E0E6A" w:rsidP="008E0E6A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>General: Standards listed by reference, including revisions by issuing authority, form part of this specification section to extent indicated. Standards listed are identified by issuing authority, authority abbreviation, designation number, title, or other designation established by issuing authority. Standards subsequently referenced herein are referred to by issuing authority abbreviation and standard designation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A9BE4BF" w14:textId="77777777" w:rsidR="008E0E6A" w:rsidRPr="00AC1985" w:rsidRDefault="008E0E6A" w:rsidP="008E0E6A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>American Society for Testing and Materials (ASTM):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69A328CF" w14:textId="77777777" w:rsidR="008E0E6A" w:rsidRPr="00AC1985" w:rsidRDefault="008E0E6A" w:rsidP="008E0E6A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ASTM F876 Standard Specification for Cross-Linked Polyethylene (PEX) Tubing.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33617A98" w14:textId="77777777" w:rsidR="008E0E6A" w:rsidRPr="00AC1985" w:rsidRDefault="008E0E6A" w:rsidP="008E0E6A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ASTM F877 Standard Specification for Cross-Linked Polyethylene (PEX) Plastic Hot and Cold Water Distribution Systems.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DA8FA8D" w14:textId="77777777" w:rsidR="008E0E6A" w:rsidRPr="00AC1985" w:rsidRDefault="008E0E6A" w:rsidP="008E0E6A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ASTM F1960 Standard Specification for Cold Expansion Fittings with PEX Reinforcing Rings for Use with Cross-Linked Polyethylene (PEX) Tubing.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16A0CB31" w14:textId="77777777" w:rsidR="008E0E6A" w:rsidRPr="00AC1985" w:rsidRDefault="008E0E6A" w:rsidP="008E0E6A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Canadian Standards Association (CSA):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="319FD3B8" w14:textId="77777777" w:rsidR="008E0E6A" w:rsidRPr="00AC1985" w:rsidRDefault="008E0E6A" w:rsidP="008E0E6A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>CAN/CSA B137.5 Cross-Linked Polyethylene (PEX) Tubing Systems for Pressure Applications.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B8A072B" w14:textId="77777777" w:rsidR="008E0E6A" w:rsidRPr="00AC1985" w:rsidRDefault="008E0E6A" w:rsidP="008E0E6A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>National Sanitation Foundation (NSF):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5941E7D8" w14:textId="77777777" w:rsidR="008E0E6A" w:rsidRPr="00AC1985" w:rsidRDefault="008E0E6A" w:rsidP="008E0E6A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>NSF/ANSI 14 Plastic Piping System Components and Related Materials</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50682089" w14:textId="77777777" w:rsidR="008E0E6A" w:rsidRPr="00AC1985" w:rsidRDefault="008E0E6A" w:rsidP="008E0E6A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>NSF/ANSI 61 Drinking Water System Components – Health Effects.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45B50428" w14:textId="77777777" w:rsidR="008E0E6A" w:rsidRPr="00AC1985" w:rsidRDefault="008E0E6A" w:rsidP="008E0E6A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Underwriters’ Laboratories of Canada Inc:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C6D4AF2" w14:textId="77777777" w:rsidR="008E0E6A" w:rsidRPr="00AC1985" w:rsidRDefault="008E0E6A" w:rsidP="008E0E6A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>CAN/ULC-S101 Standard Methods of Fire Endurance Tests of Building Construction and Materials.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17E10CA5" w14:textId="77777777" w:rsidR="008E0E6A" w:rsidRPr="00AC1985" w:rsidRDefault="008E0E6A" w:rsidP="008E0E6A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>CAN/ULC-S115 Standard Method of Fire Tests of Firestop Systems.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FAECA8B" w14:textId="77777777" w:rsidR="008E0E6A" w:rsidRPr="00AC1985" w:rsidRDefault="008E0E6A" w:rsidP="008E0E6A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>CAN/ULC-S102.2 Standard for Surface Burning Characteristics of Flooring, Floor Covering and Miscellaneous Materials and Assemblies.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F9CFD9A" w14:textId="3F08DC0A" w:rsidR="008E0E6A" w:rsidRPr="00AC1985" w:rsidRDefault="008E0E6A" w:rsidP="008E0E6A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Plastic</w:t>
+      </w:r>
+      <w:r w:rsidR="002A2190">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Pipe Institute (PPI):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24B9E53F" w14:textId="77777777" w:rsidR="008E0E6A" w:rsidRPr="00AC1985" w:rsidRDefault="008E0E6A" w:rsidP="008E0E6A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>PPI Technical Report TR-4.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A9C75BC" w14:textId="77777777" w:rsidR="008E0E6A" w:rsidRPr="00AC1985" w:rsidRDefault="00EF7057" w:rsidP="008E0E6A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>GF Building Flow Solutions (Uponor):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F5D6A97" w14:textId="77777777" w:rsidR="008C6BEA" w:rsidRPr="00AC1985" w:rsidRDefault="008C6BEA" w:rsidP="008C6BEA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Uponor PEX Piping Systems Installation Guide, current edition.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DCEECA9" w14:textId="77777777" w:rsidR="00876525" w:rsidRPr="00AC1985" w:rsidRDefault="008C6BEA" w:rsidP="008C6BEA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Uponor PEX Piping Systems Design and Installation Manual, current edition. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7659E602" w14:textId="77777777" w:rsidR="00876525" w:rsidRPr="00AC1985" w:rsidRDefault="00876525" w:rsidP="003F7D69">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>SYSTEM DESCRIPTION</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71D9DA07" w14:textId="338EF0AF" w:rsidR="00783395" w:rsidRPr="00AC1985" w:rsidRDefault="008C6BEA" w:rsidP="008C6BEA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Performance Requirements: Provide PEX tubing potable water distribution system which has been manufactured, fabricated</w:t>
+      </w:r>
+      <w:r w:rsidR="004463C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and installed to comply with Federal, Provincial</w:t>
+      </w:r>
+      <w:r w:rsidR="00843677">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Municipal plumbing and building codes and to maintain performance criteria stated by manufacturer without defects, damage</w:t>
+      </w:r>
+      <w:r w:rsidR="004463C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or failure.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D8E2FC2" w14:textId="77777777" w:rsidR="00876525" w:rsidRPr="00AC1985" w:rsidRDefault="00876525" w:rsidP="003F7D69">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>SUBMITTALS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62CB10FF" w14:textId="77777777" w:rsidR="008C6BEA" w:rsidRPr="00AC1985" w:rsidRDefault="008C6BEA" w:rsidP="008C6BEA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>General: Submit listed submittals in accordance with Conditions of the Contract and Division 1 Submittal Procedures Section.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2357F994" w14:textId="77777777" w:rsidR="008C6BEA" w:rsidRPr="00AC1985" w:rsidRDefault="008C6BEA" w:rsidP="008C6BEA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Product Data: Submit product data for specified products.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67B04442" w14:textId="77777777" w:rsidR="003F7D69" w:rsidRDefault="008C6BEA" w:rsidP="008C6BEA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Submit verification of Standard Grade hydrostatic pressure ratings from Plastic Pipe Institute in accordance with TR-4. The following 3 Standard Grade ratings are required: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E21020B" w14:textId="3FF65D23" w:rsidR="003F7D69" w:rsidRDefault="008C6BEA" w:rsidP="003F7D69">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>200</w:t>
+      </w:r>
+      <w:r w:rsidR="003F7D69">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>°</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>F (93</w:t>
+      </w:r>
+      <w:r w:rsidR="003F7D69">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>°</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>C) at 80 psi (551 kPa)</w:t>
+      </w:r>
+      <w:r w:rsidR="003F7D69">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16C7456C" w14:textId="0054E3BE" w:rsidR="003F7D69" w:rsidRDefault="008C6BEA" w:rsidP="003F7D69">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>180</w:t>
+      </w:r>
+      <w:r w:rsidR="003F7D69">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>°</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>F (82</w:t>
+      </w:r>
+      <w:r w:rsidR="003F7D69">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>°</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>C) at 100 psi (689 kPa)</w:t>
+      </w:r>
+      <w:r w:rsidR="003F7D69">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="010E6EAC" w14:textId="6878B881" w:rsidR="008C6BEA" w:rsidRPr="00AC1985" w:rsidRDefault="008C6BEA" w:rsidP="003F7D69">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>73</w:t>
+      </w:r>
+      <w:r w:rsidR="003F7D69">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>°</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>F (23</w:t>
+      </w:r>
+      <w:r w:rsidR="003F7D69">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>°</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>C) at 160 psi (1102 kPa).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21B8700A" w14:textId="02E9A1A9" w:rsidR="008C6BEA" w:rsidRPr="00AC1985" w:rsidRDefault="008C6BEA" w:rsidP="008C6BEA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Submit Product Submittal sheets for tubing, manifolds, brackets, pre-sleeved tubing, pre-insulated tubing, supports, tubing/fitting connection system, valves</w:t>
+      </w:r>
+      <w:r w:rsidR="00367179">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and fittings.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BAEE1E9" w14:textId="77777777" w:rsidR="008C6BEA" w:rsidRPr="00AC1985" w:rsidRDefault="008C6BEA" w:rsidP="008C6BEA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Regulatory Listings: Submit applicable UL, ULC, Warnock Hersey, Intertek or QAI and CSA or NSF listings as proof of compliance with Federal, Provincial and Municipal plumbing and building codes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F1D886A" w14:textId="77777777" w:rsidR="008C6BEA" w:rsidRPr="00AC1985" w:rsidRDefault="008C6BEA" w:rsidP="008C6BEA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Submit listings that indicate that the PEX tubing system has been listed to CAN/ULC-S101 when the PEX tubing is incorporated in and traverses a CAN/ULC-S101 floor/ceiling assembly and wall assembly. The listing must be appropriate to assemblies on site.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B0727B7" w14:textId="77777777" w:rsidR="008C6BEA" w:rsidRPr="00AC1985" w:rsidRDefault="008C6BEA" w:rsidP="008C6BEA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Submit listings that indicate that the PEX tubing firestop system has been listed to CAN/ULC-S115 where the PEX tubing penetrates a fire separation. The listing must be appropriate to assemblies on site.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C8B9630" w14:textId="77777777" w:rsidR="008C6BEA" w:rsidRPr="00AC1985" w:rsidRDefault="008C6BEA" w:rsidP="008C6BEA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Submit listings that indicate that the PEX tubing system has been listed to CAN/ULC-S102.2 for maximum 25 flame spread and maximum 50 smoke developed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="620D68E8" w14:textId="77777777" w:rsidR="008C6BEA" w:rsidRPr="00AC1985" w:rsidRDefault="008C6BEA" w:rsidP="008C6BEA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Submit listings that indicate that the PEX tubing system has been listed to CAN/CSA-B137.5.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="377E7256" w14:textId="77777777" w:rsidR="008C6BEA" w:rsidRPr="00AC1985" w:rsidRDefault="008C6BEA" w:rsidP="008C6BEA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Quality Assurance Submittals: Submit the following:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08F50FDB" w14:textId="77777777" w:rsidR="008C6BEA" w:rsidRPr="00AC1985" w:rsidRDefault="008C6BEA" w:rsidP="008C6BEA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Copy of manufacturer’s letter indicating that the installer has been recognized by the manufacturer as a “Trained Installer” trained in the use of its PEX tubing potable water distribution system.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C6E0A64" w14:textId="77777777" w:rsidR="008C6BEA" w:rsidRPr="00AC1985" w:rsidRDefault="008C6BEA" w:rsidP="008C6BEA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Manufacturer’s Instructions: Manufacturer’s installation instructions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64918341" w14:textId="77777777" w:rsidR="008C6BEA" w:rsidRPr="00AC1985" w:rsidRDefault="008C6BEA" w:rsidP="008C6BEA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Installer shall provide in writing to the project owner that the PEX tubing and components furnished under this specification conforms to the material and mechanical requirements specified herein.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D654827" w14:textId="77777777" w:rsidR="008C6BEA" w:rsidRPr="00AC1985" w:rsidRDefault="008C6BEA" w:rsidP="008C6BEA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Installer shall provide manufacturer’s letter that any firestop coming in contact with the PEX tubing is chemically compatible with the PEX tubing.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="718DDD73" w14:textId="5740D175" w:rsidR="008C6BEA" w:rsidRPr="00AC1985" w:rsidRDefault="008C6BEA" w:rsidP="008C6BEA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Submit </w:t>
+      </w:r>
+      <w:r w:rsidR="00D80899">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> listing that the PEX tubing, PEX rings</w:t>
+      </w:r>
+      <w:r w:rsidR="00991EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and PEX fittings from the same manufacturer have been tested together</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA335A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A758A72" w14:textId="6CB054A9" w:rsidR="008C6BEA" w:rsidRPr="00AC1985" w:rsidRDefault="008C6BEA" w:rsidP="008C6BEA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Closeout Submittals: Submit the following:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A4D396A" w14:textId="77777777" w:rsidR="008C6BEA" w:rsidRPr="00AC1985" w:rsidRDefault="008C6BEA" w:rsidP="008C6BEA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Warranty: Warranty documents specified herein.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FA076F8" w14:textId="77777777" w:rsidR="008C6BEA" w:rsidRPr="00AC1985" w:rsidRDefault="008C6BEA" w:rsidP="008C6BEA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Manufacturer’s Field Reports: Manufacturer’s field reports specified herein.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A00CB4F" w14:textId="77777777" w:rsidR="00876525" w:rsidRPr="00AC1985" w:rsidRDefault="008C6BEA" w:rsidP="008C6BEA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Record Documents: Project record documents for installed materials in accordance with Division 1 Closeout Submittals (Project Record Documents) Section.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B84468D" w14:textId="77777777" w:rsidR="00876525" w:rsidRPr="00AC1985" w:rsidRDefault="00876525" w:rsidP="003F7D69">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>QUALITY ASSURANCE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C93798B" w14:textId="77777777" w:rsidR="008C6BEA" w:rsidRPr="00AC1985" w:rsidRDefault="008C6BEA" w:rsidP="008C6BEA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Qualifications:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="360F4F9D" w14:textId="77777777" w:rsidR="00975912" w:rsidRDefault="00975912" w:rsidP="00975912">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00975912">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Installer Qualifications: Use an installer with demonstrated experience on projects of similar size and complexity and who has been trained by GF Building Flow Solutions (Uponor) or an Uponor-approved trainer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="688C9207" w14:textId="77777777" w:rsidR="00203653" w:rsidRDefault="00203653" w:rsidP="00203653">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00203653">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Certifications: Provide letters of certification indicating: Installer uses skilled workers holding a trade qualification license or equivalent, or apprentices under the supervision of a licensed tradesperson.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="339F21D3" w14:textId="58067FF2" w:rsidR="00B53730" w:rsidRPr="00B53730" w:rsidRDefault="00B53730" w:rsidP="00B53730">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B53730">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">If </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>PEX-a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B53730">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is used as an approved alternate for applications where metallic piping is the basis of design the manufacturer shall submit shop drawings clearly indicating that the design has been analyzed and modified, as required, to maintain required pressure and flow. Any design resulting in reduced system pressure as a result of improper </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>PEX-a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B53730">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sizing or design shall not be permitted.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CB86DDE" w14:textId="57EB7316" w:rsidR="008C6BEA" w:rsidRPr="00AC1985" w:rsidRDefault="008C6BEA" w:rsidP="008C6BEA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Regulatory Requirements: PEX tubing and components shall be installed in full compliance with all Federal, Provincial and Municipal codes, standards</w:t>
+      </w:r>
+      <w:r w:rsidR="00367179">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and requirements. In particular:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="691F37FA" w14:textId="77777777" w:rsidR="00352A4C" w:rsidRDefault="00352A4C" w:rsidP="00352A4C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007870FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>PEX tubing shall be listed to a maximum 25 flame spread and maximum of 50 smoke developed per the requirements of CAN/ULC-S102.2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2088EF4F" w14:textId="77777777" w:rsidR="008C6BEA" w:rsidRPr="00AC1985" w:rsidRDefault="008C6BEA" w:rsidP="008C6BEA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>As outlined in CAN/ULC S102 Appendix Section A1.23, Plastic Fittings and Valves, fittings shall be tested and listed by being mounted to plastic pipe in a method that is representative of field installation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FF9B9BC" w14:textId="208061EE" w:rsidR="00BD076D" w:rsidRPr="00AC1985" w:rsidRDefault="00BD076D" w:rsidP="008C6BEA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Uponor PEX piping manufactured with a maximum nominal OD of 3 inch (80 mm) and encased in 1/2 inch insulation in accordance with Table 3-5 shall have no limitation on spacing (see PEX Piping Systems Design and Installation Manual).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A575BA9" w14:textId="75922A1C" w:rsidR="00BD076D" w:rsidRPr="00AC1985" w:rsidRDefault="00BD076D" w:rsidP="008C6BEA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Up to and including 2 inch (50 mm) Uponor PEX-a (waterfilled, uninsulated)</w:t>
+      </w:r>
+      <w:r w:rsidR="00182634">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00182634">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>djacent runs of waterfilled, uninsulated piping in a return-air plenum have no spacing limitations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54640742" w14:textId="77777777" w:rsidR="008C6BEA" w:rsidRPr="00AC1985" w:rsidRDefault="00186ADE" w:rsidP="008C6BEA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>CAN/ULC S115:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C7756E8" w14:textId="1E713E34" w:rsidR="00186ADE" w:rsidRPr="00AC1985" w:rsidRDefault="00186ADE" w:rsidP="00186ADE">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">PEX tubing penetrating a fire separation shall be sealed per </w:t>
+      </w:r>
+      <w:r w:rsidR="001F614D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>CAN/ULC-S115.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="294DB349" w14:textId="77777777" w:rsidR="00186ADE" w:rsidRPr="00AC1985" w:rsidRDefault="00186ADE" w:rsidP="00186ADE">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>CAN/ULC S101:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24E3C96B" w14:textId="77777777" w:rsidR="00186ADE" w:rsidRPr="00AC1985" w:rsidRDefault="00186ADE" w:rsidP="00186ADE">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>PEX tubing contained within a fire separation shall be listed per CAN/ULC-S101.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51B2D5CD" w14:textId="77777777" w:rsidR="00186ADE" w:rsidRPr="00AC1985" w:rsidRDefault="00186ADE" w:rsidP="00186ADE">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Ice maker &amp; laundry boxes when contained within a fire separation shall be listed as part of the assembly to CAN/ULC S101.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54C101B2" w14:textId="65C1F936" w:rsidR="00186ADE" w:rsidRPr="00AC1985" w:rsidRDefault="00186ADE" w:rsidP="00CA0A3A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Pre-installation Meetings: Conduct pre-installation meeting to verify project requirements, manufacturer’s installation instructions</w:t>
+      </w:r>
+      <w:r w:rsidR="00A7161F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and manufacturer’s warranty requirements. Comply with Division 1 Project Management and Coordination (Project Meetings) Section.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B6AFCE8" w14:textId="01DCE157" w:rsidR="00CA0A3A" w:rsidRPr="00AC1985" w:rsidRDefault="00CA0A3A" w:rsidP="00CA0A3A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">All calculations are </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF7057" w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>performed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with Uponor ProPEX</w:t>
+      </w:r>
+      <w:r w:rsidR="00E27751" w:rsidRPr="00E27751">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E27751">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">ASTM F1960 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">fittings. Contractor must provide report with calculations if using other fitting type to make sure </w:t>
+      </w:r>
+      <w:r w:rsidR="00D41CB8" w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>different flow characteristics</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are accounted for.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7305C766" w14:textId="77777777" w:rsidR="00DE42FA" w:rsidRDefault="00DE42FA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="227511B2" w14:textId="09789C03" w:rsidR="00876525" w:rsidRPr="00AC1985" w:rsidRDefault="00876525" w:rsidP="003F7D69">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>DELIVERY, STORAGE</w:t>
+      </w:r>
+      <w:r w:rsidR="00182634">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> AND HANDLING</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0034A319" w14:textId="77777777" w:rsidR="00186ADE" w:rsidRPr="00AC1985" w:rsidRDefault="00186ADE" w:rsidP="00186ADE">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>General: Comply with Division 1 Product Requirements Sections.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E61A9DB" w14:textId="77777777" w:rsidR="00186ADE" w:rsidRPr="00AC1985" w:rsidRDefault="00186ADE" w:rsidP="00186ADE">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Ordering: Comply with manufacturer’s ordering instructions and lead-time requirements to avoid construction delays.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03BE241C" w14:textId="77777777" w:rsidR="00186ADE" w:rsidRPr="00AC1985" w:rsidRDefault="00186ADE" w:rsidP="00186ADE">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Delivery: Deliver materials to job site in manufacturer’s original, unopened, undamaged containers with identification labels intact.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="307BF71A" w14:textId="77777777" w:rsidR="00186ADE" w:rsidRPr="00AC1985" w:rsidRDefault="00186ADE" w:rsidP="00186ADE">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Storage and Protection: Store materials protected from exposure to harmful weather and job site conditions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EC36B60" w14:textId="77777777" w:rsidR="00186ADE" w:rsidRPr="00AC1985" w:rsidRDefault="00186ADE" w:rsidP="00186ADE">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Store PEX tubing in original packaging or under cover to avoid dirt or foreign material from being introduced into the tubing</w:t>
+      </w:r>
+      <w:r w:rsidR="00D41CB8" w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and protect tubing from UV generating lights</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49FB0DED" w14:textId="77777777" w:rsidR="00876525" w:rsidRPr="00AC1985" w:rsidRDefault="00186ADE" w:rsidP="00186ADE">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk194649060"/>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Do not expose</w:t>
+      </w:r>
+      <w:r w:rsidR="008B5D05" w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> white</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> PEX tubing to direct sunlight</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF7057" w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or near UV light sources</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for more than 30 days</w:t>
+      </w:r>
+      <w:r w:rsidR="008B5D05" w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>, do not expose red and blue PEX tubing to direct sunlight</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF7057" w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or near UV light sources</w:t>
+      </w:r>
+      <w:r w:rsidR="008B5D05" w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for more than 6 months</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>. If construction delays are encountered, installer is responsible for providing UV protection to portions of tubing exposed to direct sunlight.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="3F5224F3" w14:textId="77777777" w:rsidR="00876525" w:rsidRPr="00AC1985" w:rsidRDefault="00876525" w:rsidP="003F7D69">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>WARRANTY</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D604EAD" w14:textId="77777777" w:rsidR="00186ADE" w:rsidRPr="00AC1985" w:rsidRDefault="00186ADE" w:rsidP="00186ADE">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Project Warranty: Refer to Conditions of the Contract for project warranty provisions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02B718DF" w14:textId="77777777" w:rsidR="00186ADE" w:rsidRPr="00AC1985" w:rsidRDefault="00186ADE" w:rsidP="00186ADE">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>PEX Manufacturer’s Warranty: Warranty must meet the following conditions:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4541C434" w14:textId="2CAFBE5A" w:rsidR="00186ADE" w:rsidRPr="00AC1985" w:rsidRDefault="00186ADE" w:rsidP="00186ADE">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Aqua</w:t>
+      </w:r>
+      <w:r w:rsidR="003C3FC2" w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>PEX</w:t>
+      </w:r>
+      <w:r w:rsidR="00907320" w:rsidRPr="00907320">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tubing and </w:t>
+      </w:r>
+      <w:r w:rsidR="00907320">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">ProPEX </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>fittings shall carry a twenty-five (25) year</w:t>
+      </w:r>
+      <w:r w:rsidR="003C3FC2" w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000D617F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">warranty </w:t>
+      </w:r>
+      <w:r w:rsidR="003C3FC2" w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>when used with all Upono</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB6A4D" w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="003C3FC2" w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> products,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> non-prorated warranty against failure due to defect in material or workmanship and;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0710EAA5" w14:textId="77777777" w:rsidR="00186ADE" w:rsidRPr="00AC1985" w:rsidRDefault="00186ADE" w:rsidP="00186ADE">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">All tubing manufacturer’s valves and stops shall carry a </w:t>
+      </w:r>
+      <w:r w:rsidR="00E033F7" w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>five</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00E033F7" w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00E033F7" w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>year</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> non-prorated warranty against failure due to defect in material or workmanship</w:t>
+      </w:r>
+      <w:r w:rsidR="00E033F7" w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>and;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F0667B3" w14:textId="7A9B59FD" w:rsidR="00186ADE" w:rsidRPr="00AC1985" w:rsidRDefault="00186ADE" w:rsidP="00186ADE">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>The assembly of manufacturer’s tubing</w:t>
+      </w:r>
+      <w:r w:rsidR="00325C10">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>fittings</w:t>
+      </w:r>
+      <w:r w:rsidR="00325C10">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB6B56" w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and ring</w:t>
+      </w:r>
+      <w:r w:rsidR="00325C10">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> shall carry a </w:t>
+      </w:r>
+      <w:r w:rsidR="00325C10">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>twenty-five (</w:t>
+      </w:r>
+      <w:r w:rsidR="00E033F7" w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>) year non-prorated warranty on maintaining a leak-proof seal and;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23C51ADE" w14:textId="57340F37" w:rsidR="003C3FC2" w:rsidRPr="00AC1985" w:rsidRDefault="003C3FC2" w:rsidP="003C3FC2">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Warranty when using non-Uponor products</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF0207">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BA46C25" w14:textId="77777777" w:rsidR="003C3FC2" w:rsidRPr="00AC1985" w:rsidRDefault="003C3FC2" w:rsidP="003C3FC2">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>AquaPEX tubing shall be ten (10) years from twenty-five (25) years system warranty when using fittings from other manufacturers.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DD5BBCE" w14:textId="77777777" w:rsidR="003C3FC2" w:rsidRPr="00AC1985" w:rsidRDefault="003C3FC2" w:rsidP="003C3FC2">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ProPEX fittings shall be one (1) year from twenty-five (25) years system warranty when using pipe from other manufacturers.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B92AB0D" w14:textId="17634F15" w:rsidR="00186ADE" w:rsidRPr="00AC1985" w:rsidRDefault="001C1AD4" w:rsidP="00186ADE">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Warranty shall provide for repair or replacement of any tube, fittings</w:t>
+      </w:r>
+      <w:r w:rsidR="008F7789">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or connection, which are proven to be defective and pay for consequential damages and;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64B8C3B3" w14:textId="77777777" w:rsidR="001C1AD4" w:rsidRPr="00AC1985" w:rsidRDefault="001C1AD4" w:rsidP="00186ADE">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Warranty shall be transferable to subsequent owners and;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F3889CA" w14:textId="77777777" w:rsidR="001C1AD4" w:rsidRPr="00AC1985" w:rsidRDefault="001C1AD4" w:rsidP="00186ADE">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Effective Warranty: Current manufacturer’s warranty at time of installation and;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="570AC31A" w14:textId="19F74A88" w:rsidR="001C1AD4" w:rsidRPr="00AC1985" w:rsidRDefault="00CD367C" w:rsidP="003C3FC2">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD367C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Warranty Period: Warranty shall commence on </w:t>
+      </w:r>
+      <w:r w:rsidR="008826A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD367C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ate the products are installed</w:t>
+      </w:r>
+      <w:r w:rsidR="001C1AD4" w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52EBA98A" w14:textId="4CCF316F" w:rsidR="00876525" w:rsidRPr="00F70DDC" w:rsidRDefault="00EF7057" w:rsidP="003C3FC2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00AC1985">
+          <w:bCs/>
+        </w:rPr>
+        <w:t>PRODUCTS</w:t>
+      </w:r>
+      <w:r w:rsidR="00421613">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="0090700E">
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> AND MATERIALS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A36BFFE" w14:textId="1A9DD750" w:rsidR="00F70DDC" w:rsidRPr="00496BDE" w:rsidRDefault="00345CE6" w:rsidP="00345CE6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:t>ENERAL</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00496BDE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-      </w:pPr>
-[...22 lines deleted...]
-    <w:p w14:paraId="48920750" w14:textId="4ABB4D2E" w:rsidR="008E0E6A" w:rsidRPr="00AC1985" w:rsidRDefault="004E2C15" w:rsidP="008E0E6A">
+        <w:t>MANUFACTURERS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40638470" w14:textId="4A3FF013" w:rsidR="003B7892" w:rsidRPr="008535E0" w:rsidRDefault="00573016" w:rsidP="003B7892">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Domestic</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001C0372">
+        <w:t>Acceptable m</w:t>
+      </w:r>
+      <w:r w:rsidR="003B7892" w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">anufacturer: </w:t>
+      </w:r>
+      <w:r w:rsidR="003B7892" w:rsidRPr="008535E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>GF Building Flow Solutions (Uponor</w:t>
+      </w:r>
+      <w:r w:rsidR="003B7892">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ltd</w:t>
+      </w:r>
+      <w:r w:rsidR="0011768B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="003B7892" w:rsidRPr="008535E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>), located at:</w:t>
+      </w:r>
+      <w:r w:rsidR="003B7892">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00BB0336">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="003B7892">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>6510 Kennedy Road</w:t>
+      </w:r>
+      <w:r w:rsidR="003B7892" w:rsidRPr="008535E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="003B7892">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Mississauga</w:t>
+      </w:r>
+      <w:r w:rsidR="003B7892" w:rsidRPr="008535E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="003B7892">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ON</w:t>
+      </w:r>
+      <w:r w:rsidR="003B7892" w:rsidRPr="008535E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="003B7892">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>L5T 2X4</w:t>
+      </w:r>
+      <w:r w:rsidR="003B7892" w:rsidRPr="008535E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003B7892" w:rsidRPr="008535E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="003B7892">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>el</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003B7892">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="003B7892" w:rsidRPr="0011768B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>888</w:t>
+      </w:r>
+      <w:r w:rsidR="0011768B" w:rsidRPr="0011768B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003B7892" w:rsidRPr="0011768B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>994</w:t>
+      </w:r>
+      <w:r w:rsidR="0011768B" w:rsidRPr="0011768B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003B7892" w:rsidRPr="0011768B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>7726</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>water piping and fittings for the following applications:</w:t>
-[...1517 lines deleted...]
-        <w:t xml:space="preserve">Uponor PEX piping manufactured with a maximum nominal OD of 3 inch (80 mm) and encased in 1/2 inch insulation in accordance with Table 3-5 shall have no limitation on spacing (see PEX Piping Systems Design and Installation Manual for </w:t>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="003B7892" w:rsidRPr="007F7D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>email</w:t>
+      </w:r>
+      <w:r w:rsidR="00140E6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
-        <w:r w:rsidRPr="00AC1985">
+        <w:r w:rsidR="00140E6C" w:rsidRPr="00867D9E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:bCs/>
           </w:rPr>
-          <w:t>Table 3-5</w:t>
-[...1228 lines deleted...]
-          <w:t>NASpecifications@uponor.com</w:t>
+          <w:t>naspecifications@georgfischer.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="003B7892" w:rsidRPr="007F7D55">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>; web</w:t>
       </w:r>
       <w:r w:rsidR="00EF0B3C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidR="00EF0B3C" w:rsidRPr="00775731">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:bCs/>
           </w:rPr>
           <w:t>www.uponor.com</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="20E8BF18" w14:textId="590BAF70" w:rsidR="001C1AD4" w:rsidRPr="00AC1985" w:rsidRDefault="001C1AD4" w:rsidP="003B7892">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC1985">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
@@ -3301,51 +3228,66 @@
         </w:rPr>
         <w:t>All PEX tubing, PEX rings</w:t>
       </w:r>
       <w:r w:rsidR="00BB0336">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC1985">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> and PEX fittings from the same manufacturer have been tested together and certified as a system</w:t>
       </w:r>
       <w:r w:rsidR="00BB0336">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EB1ED11" w14:textId="77777777" w:rsidR="00876525" w:rsidRPr="00AC1985" w:rsidRDefault="00876525" w:rsidP="005E2CC4">
+    <w:p w14:paraId="55A0B9B4" w14:textId="77777777" w:rsidR="00140E6C" w:rsidRDefault="00140E6C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EB1ED11" w14:textId="11E9E91D" w:rsidR="00876525" w:rsidRPr="00AC1985" w:rsidRDefault="00876525" w:rsidP="005E2CC4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC1985">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>PRODUCT SUBSTITUTIONS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0AE0A1A3" w14:textId="77777777" w:rsidR="00876525" w:rsidRPr="009E1C66" w:rsidRDefault="001C1AD4" w:rsidP="009E1C66">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="5"/>
@@ -3405,95 +3347,109 @@
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Performance requirements</w:t>
       </w:r>
       <w:r w:rsidR="001C1AD4" w:rsidRPr="00AC1985">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CAFD8F2" w14:textId="77777777" w:rsidR="001C1AD4" w:rsidRPr="00AC1985" w:rsidRDefault="001C1AD4" w:rsidP="001C1AD4">
+    <w:p w14:paraId="0CAFD8F2" w14:textId="050C95DF" w:rsidR="001C1AD4" w:rsidRPr="00AC1985" w:rsidRDefault="001C1AD4" w:rsidP="001C1AD4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC1985">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>PEX tubing shall be ASTM F876 tested and approved for excessive temperature and pressure for 725 hours at 210</w:t>
       </w:r>
       <w:r w:rsidR="00EF7057" w:rsidRPr="00AC1985">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>°</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC1985">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>F (99</w:t>
       </w:r>
       <w:r w:rsidR="00EF7057" w:rsidRPr="00AC1985">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>°</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC1985">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>C) @ 150 psi (1035 kPa).</w:t>
+        <w:t xml:space="preserve">C) </w:t>
+      </w:r>
+      <w:r w:rsidR="007D238A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>at</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 150 psi (1035 kPa).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5122808C" w14:textId="77777777" w:rsidR="001C1AD4" w:rsidRPr="00AC1985" w:rsidRDefault="001C1AD4" w:rsidP="001C1AD4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC1985">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>PEX tubing shall be manufactured in accordance with ASTM F876, ASTM F877 and CAN/CSA-B137.5. The tube shall be listed to ASTM by an independent third party agency.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33AA6363" w14:textId="77777777" w:rsidR="001C1AD4" w:rsidRPr="00AC1985" w:rsidRDefault="001C1AD4" w:rsidP="001C1AD4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
@@ -4536,74 +4492,116 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Manifolds shall be supplied by the PEX tubing manufacturer.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37F53830" w14:textId="77777777" w:rsidR="005C0B8F" w:rsidRPr="00AC1985" w:rsidRDefault="005C0B8F" w:rsidP="001C1AD4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC1985">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>PEX-a cold expansion type manifolds shall be an assembly consisting of insert and PEX-a cold expansion ring.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="557967EC" w14:textId="77777777" w:rsidR="005C0B8F" w:rsidRPr="00AC1985" w:rsidRDefault="005C0B8F" w:rsidP="001C1AD4">
+    <w:p w14:paraId="557967EC" w14:textId="45B1DF1E" w:rsidR="005C0B8F" w:rsidRPr="00AC1985" w:rsidRDefault="005C0B8F" w:rsidP="001C1AD4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC1985">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Manifold Type: </w:t>
       </w:r>
       <w:r w:rsidR="0052129F" w:rsidRPr="00AC1985">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>1 inch Copper Manifold with LF Brass ½" ProPEX Ball Valve or 1" Copper Branch Manifold with ½" ProPEX LF brass outlets.</w:t>
+        <w:t xml:space="preserve">1 inch Copper Manifold with LF Brass </w:t>
+      </w:r>
+      <w:r w:rsidR="00930419">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>1/2 inch</w:t>
+      </w:r>
+      <w:r w:rsidR="0052129F" w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ProPEX Ball Valve or 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00930419">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> inch</w:t>
+      </w:r>
+      <w:r w:rsidR="0052129F" w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Copper Branch Manifold with </w:t>
+      </w:r>
+      <w:r w:rsidR="00930419">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>1/2 inch</w:t>
+      </w:r>
+      <w:r w:rsidR="0052129F" w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ProPEX LF brass outlets.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D94A473" w14:textId="2481D121" w:rsidR="005C0B8F" w:rsidRPr="00AC1985" w:rsidRDefault="005C0B8F" w:rsidP="005C0B8F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC1985">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Multi-Port Tee Materials: Multi-Port Tees shall be manufactured of Engineered Polymers (EP). Multi-Port Tee connections shall be made to the requirements of ASTM F1960.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A758FD7" w14:textId="234097C9" w:rsidR="005C0B8F" w:rsidRPr="00AC1985" w:rsidRDefault="005C0B8F" w:rsidP="005C0B8F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
@@ -4994,206 +4992,231 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Tubing Wall Penetration Brackets: Brackets designed for tubing wall membrane penetrations shall be supplied by PEX tubing manufacturer.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77A5AB47" w14:textId="77777777" w:rsidR="005C0B8F" w:rsidRPr="00AC1985" w:rsidRDefault="005C0B8F" w:rsidP="005C0B8F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC1985">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Bracket Type: Uponor ProPEX Out-of-the-Wall System.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29A8C073" w14:textId="640360E7" w:rsidR="005C0B8F" w:rsidRPr="00AC1985" w:rsidRDefault="005C0B8F" w:rsidP="005C0B8F">
+    <w:p w14:paraId="29A8C073" w14:textId="67245D03" w:rsidR="005C0B8F" w:rsidRPr="00AC1985" w:rsidRDefault="005C0B8F" w:rsidP="005C0B8F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC1985">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Horizontal Pipe Support Channels: All horizontal pipe supports for PEX sizes </w:t>
+        <w:t xml:space="preserve">Horizontal Pipe Support Channels: All horizontal pipe </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>supports</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for PEX sizes </w:t>
       </w:r>
       <w:r w:rsidR="00D15235" w:rsidRPr="00AC1985">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>1/2</w:t>
       </w:r>
-      <w:r w:rsidR="00A56106">
-[...4 lines deleted...]
-        <w:t>"</w:t>
+      <w:r w:rsidR="00F02380">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> inch</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC1985">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> and greater shall be gauge 23 galvanized steel channels and self-gripping and be supplied by the PEX tubing manufacturer.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49EBC6C8" w14:textId="77777777" w:rsidR="00876525" w:rsidRPr="00AC1985" w:rsidRDefault="005C0B8F" w:rsidP="005C0B8F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC1985">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Pipe Support Type: Uponor PEX-a Pipe Support.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7535B9AD" w14:textId="77777777" w:rsidR="00876525" w:rsidRPr="00AC1985" w:rsidRDefault="00876525" w:rsidP="001D66A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC1985">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>RELATED MATERIALS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29210594" w14:textId="77777777" w:rsidR="005C0B8F" w:rsidRPr="00AC1985" w:rsidRDefault="005C0B8F" w:rsidP="005C0B8F">
+    <w:p w14:paraId="4BD3BA8C" w14:textId="6961F2A7" w:rsidR="00140E6C" w:rsidRPr="00ED3ECE" w:rsidRDefault="005C0B8F" w:rsidP="001D4457">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:bCs/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AC1985">
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3ECE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Related Materials: Refer to other sections listed in Related Sections paragraph herein for related materials.</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="72DFCF9C" w14:textId="77777777" w:rsidR="009D66FA" w:rsidRPr="00AC1985" w:rsidRDefault="005C0B8F" w:rsidP="005040A0">
+      <w:r w:rsidR="00140E6C" w:rsidRPr="00ED3ECE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72DFCF9C" w14:textId="120102C3" w:rsidR="009D66FA" w:rsidRPr="00AC1985" w:rsidRDefault="005C0B8F" w:rsidP="005040A0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC1985">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Execution</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F2C9381" w14:textId="77777777" w:rsidR="00876525" w:rsidRPr="00AC1985" w:rsidRDefault="00876525" w:rsidP="001D66A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC1985">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>MANUFACTURER’S INSTRUCTIONS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C236AD8" w14:textId="4012A622" w:rsidR="00FA0339" w:rsidRPr="00AC1985" w:rsidRDefault="009D66FA" w:rsidP="009D66FA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC1985">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Compliance: Comply with manufacturer’s product data, including product technical bulletins, installation instructions</w:t>
       </w:r>
       <w:r w:rsidR="003D203E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC1985">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> and product carton instructions for installation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35C6B60A" w14:textId="77777777" w:rsidR="00876525" w:rsidRPr="00AC1985" w:rsidRDefault="00876525" w:rsidP="001D66A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5550,277 +5573,376 @@
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:strike/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC1985">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Per code install hangers every 32 inches. For further hanger support use PEX-a pipe support per manufacturer’s recommended</w:t>
       </w:r>
       <w:r w:rsidR="007900AC" w:rsidRPr="00AC1985">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> installation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0394933C" w14:textId="57016B0B" w:rsidR="009D66FA" w:rsidRPr="00AC1985" w:rsidRDefault="009D66FA" w:rsidP="009D66FA">
+    <w:p w14:paraId="0394933C" w14:textId="57016B0B" w:rsidR="009D66FA" w:rsidRDefault="009D66FA" w:rsidP="009D66FA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC1985">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">All fitting connections to the PEX tubing shall </w:t>
       </w:r>
       <w:r w:rsidR="000228B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">be </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC1985">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>made to the requirements of ASTM F1960.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="75E1125A" w14:textId="77777777" w:rsidR="005040A0" w:rsidRPr="00AC1985" w:rsidRDefault="005040A0" w:rsidP="005040A0">
+        <w:t xml:space="preserve">made </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the requirements of ASTM F1960.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C607D2A" w14:textId="22727BA6" w:rsidR="00296AE1" w:rsidRPr="00AC1985" w:rsidRDefault="001D1361" w:rsidP="009D66FA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AC1985">
-[...21 lines deleted...]
-    <w:p w14:paraId="5689F151" w14:textId="5EF9C58B" w:rsidR="009D66FA" w:rsidRPr="00AC1985" w:rsidRDefault="009D66FA" w:rsidP="009D66FA">
+      <w:r w:rsidRPr="001D1361">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Ensure the required</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D1361">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>firestop material defined in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D1361">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>the assembly (i.e., sealant)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D1361">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>does not come into contact</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D1361">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>with Uponor EP fittings</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75E1125A" w14:textId="77777777" w:rsidR="005040A0" w:rsidRPr="00AC1985" w:rsidRDefault="005040A0" w:rsidP="005040A0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC1985">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Multi-Port Tees shall be used in-suite wherever possible instead of straight or reducing tees to minimize pressure drops in the plumbing distribution system.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="04FB9C8D" w14:textId="77777777" w:rsidR="009D66FA" w:rsidRPr="00AC1985" w:rsidRDefault="00D15235" w:rsidP="009D66FA">
+        <w:t xml:space="preserve">PEX piping shall be installed per </w:t>
+      </w:r>
+      <w:r w:rsidR="00721A5B" w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>CAN/ULC-S102.2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> requirements for plenum applications. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5689F151" w14:textId="5EF9C58B" w:rsidR="009D66FA" w:rsidRPr="00AC1985" w:rsidRDefault="009D66FA" w:rsidP="009D66FA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC1985">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>When system ΔT is greater than 40°F (22°C) midstory guide may be needed to help with expansion and contraction</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="43B184D2" w14:textId="77777777" w:rsidR="009D66FA" w:rsidRPr="00AC1985" w:rsidRDefault="009D66FA" w:rsidP="009D66FA">
+        <w:t>Multi-Port Tees shall be used in-suite wherever possible instead of straight or reducing tees to minimize pressure drops in the plumbing distribution system.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04FB9C8D" w14:textId="77777777" w:rsidR="009D66FA" w:rsidRPr="00AC1985" w:rsidRDefault="00D15235" w:rsidP="009D66FA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC1985">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>A riser clamp shall be installed on top of every floor and against every second ceiling for all PEX risers.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0C413D97" w14:textId="77777777" w:rsidR="009D66FA" w:rsidRPr="00AC1985" w:rsidRDefault="009D66FA" w:rsidP="009D66FA">
+        <w:t>When system ΔT is greater than 40°F (22°C) midstory guide may be needed to help with expansion and contraction</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43B184D2" w14:textId="77777777" w:rsidR="009D66FA" w:rsidRPr="00AC1985" w:rsidRDefault="009D66FA" w:rsidP="009D66FA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC1985">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Manufacturer’s wall penetration brackets shall be used at all wall membrane penetrations.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="021ED241" w14:textId="344374AB" w:rsidR="009D66FA" w:rsidRPr="00AC1985" w:rsidRDefault="009D66FA" w:rsidP="009D66FA">
+        <w:t>A riser clamp shall be installed on top of every floor and against every second ceiling for all PEX risers.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C413D97" w14:textId="77777777" w:rsidR="009D66FA" w:rsidRPr="00AC1985" w:rsidRDefault="009D66FA" w:rsidP="009D66FA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC1985">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Pressurize PEX potable</w:t>
-[...51 lines deleted...]
-    <w:p w14:paraId="7374AB20" w14:textId="6C94E805" w:rsidR="009D66FA" w:rsidRPr="00AC1985" w:rsidRDefault="009D66FA" w:rsidP="009D66FA">
+        <w:t>Manufacturer’s wall penetration brackets shall be used at all wall membrane penetrations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="021ED241" w14:textId="344374AB" w:rsidR="009D66FA" w:rsidRPr="00AC1985" w:rsidRDefault="009D66FA" w:rsidP="009D66FA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC1985">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Comply with safety precautions when pressure testing, including use of compressed air, where applicable. Water shall not be used to pressurize the system if ambient air temperature has the possibility of dropping below 32</w:t>
+        <w:t>Pressurize PEX potable</w:t>
+      </w:r>
+      <w:r w:rsidR="00D10762">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>water distribution system with air or potable water in accordance with applicable codes or</w:t>
+      </w:r>
+      <w:r w:rsidR="00D10762">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF36D9" w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>per manufacturer</w:t>
+      </w:r>
+      <w:r w:rsidR="000976BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF36D9" w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">s </w:t>
+      </w:r>
+      <w:r w:rsidR="00D93335" w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>recommendations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7374AB20" w14:textId="6C94E805" w:rsidR="009D66FA" w:rsidRPr="00AC1985" w:rsidRDefault="009D66FA" w:rsidP="009D66FA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Comply with safety precautions when pressure testing, including use of compressed air, where applicable. Water shall not be used to pressurize the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC1985">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>system if ambient air temperature has the possibility of dropping below 32</w:t>
       </w:r>
       <w:r w:rsidR="00D93335" w:rsidRPr="00AC1985">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>°</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC1985">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">F </w:t>
       </w:r>
       <w:r w:rsidR="000976BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00AC1985">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5857,51 +5979,50 @@
       </w:pPr>
       <w:r w:rsidRPr="00AC1985">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Related Products Installation: Refer to other sections listed in Related Sections paragraph herein for related products installation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="732E6939" w14:textId="77777777" w:rsidR="00876525" w:rsidRPr="00AC1985" w:rsidRDefault="00876525" w:rsidP="001D66A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC1985">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>FIELD QUALITY REQUIREMENTS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56879828" w14:textId="3B4BDFC7" w:rsidR="009D66FA" w:rsidRPr="00AC1985" w:rsidRDefault="0028336D" w:rsidP="0028336D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC1985">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Site Tests (Installation and Post-Installation Testing): [Specify applicable test requirements to be </w:t>
       </w:r>
       <w:r w:rsidR="00CB594D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
@@ -6029,436 +6150,412 @@
         </w:rPr>
         <w:t>Water system disinfection</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D2A25FB" w14:textId="77777777" w:rsidR="0050258C" w:rsidRPr="008A70F5" w:rsidRDefault="0050258C" w:rsidP="0050258C">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A70F5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Uponor AquaPEX piping should be disinfected in accordance with </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidRPr="008A70F5">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>Uponor Disinfection Guidelines</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008A70F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or local codes. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24FFD3A5" w14:textId="77777777" w:rsidR="0050258C" w:rsidRPr="008A70F5" w:rsidRDefault="0050258C" w:rsidP="0050258C">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A70F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Use non-petroleum-based cleaners.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05672308" w14:textId="77777777" w:rsidR="0050258C" w:rsidRPr="008A70F5" w:rsidRDefault="0050258C" w:rsidP="0050258C">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A70F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Not exceed a pH of 11.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60B7A553" w14:textId="5ECA343C" w:rsidR="0050258C" w:rsidRPr="008A70F5" w:rsidRDefault="0050258C" w:rsidP="0050258C">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A70F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Do not allow system to exceed 80 psi</w:t>
+      </w:r>
+      <w:r w:rsidR="00E611C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="004E3C92" w14:textId="77777777" w:rsidR="0050258C" w:rsidRPr="008A70F5" w:rsidRDefault="0050258C" w:rsidP="0050258C">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A70F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Use a disinfecting solution (chlorine or chloramine) solution of:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5476513A" w14:textId="50AC99DE" w:rsidR="0050258C" w:rsidRPr="008A70F5" w:rsidRDefault="0050258C" w:rsidP="0050258C">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A70F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>200 parts per million (ppm) for 3 hours at a maximum temp</w:t>
+      </w:r>
+      <w:r w:rsidR="00473DE6" w:rsidRPr="008A70F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>erature</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A70F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of 77°F (25°C). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A171402" w14:textId="1BE2F159" w:rsidR="0050258C" w:rsidRPr="008A70F5" w:rsidRDefault="0050258C" w:rsidP="0050258C">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A70F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>50 ppm for 24 hours at a maximum temp</w:t>
+      </w:r>
+      <w:r w:rsidR="006330D0" w:rsidRPr="008A70F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>erature</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A70F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of 77°F (25°</w:t>
+      </w:r>
+      <w:r w:rsidR="006330D0" w:rsidRPr="008A70F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A70F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42677535" w14:textId="1D9F35B6" w:rsidR="0050258C" w:rsidRPr="008A70F5" w:rsidRDefault="0050258C" w:rsidP="0050258C">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A70F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>4 ppm for 72 hours at a maximum temp</w:t>
+      </w:r>
+      <w:r w:rsidR="006330D0" w:rsidRPr="008A70F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>erature</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A70F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of 140°F (60°</w:t>
+      </w:r>
+      <w:r w:rsidR="006330D0" w:rsidRPr="008A70F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A70F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16083BFC" w14:textId="144D527B" w:rsidR="0050258C" w:rsidRPr="008A70F5" w:rsidRDefault="0050258C" w:rsidP="0050258C">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A70F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">To prevent reduced service life of system components, disinfection solutions should not stand in the system longer than 72 hours per </w:t>
       </w:r>
       <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidRPr="008A70F5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Uponor Disinfection Guidelines</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="008A70F5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> or local codes. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="24FFD3A5" w14:textId="77777777" w:rsidR="0050258C" w:rsidRPr="008A70F5" w:rsidRDefault="0050258C" w:rsidP="0050258C">
+        <w:t>. Flush the system with potable water after disinfection.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54F20232" w14:textId="48A11D64" w:rsidR="0050258C" w:rsidRPr="008A70F5" w:rsidRDefault="0050258C" w:rsidP="0050258C">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A70F5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Use non-petroleum-based cleaners.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="05672308" w14:textId="77777777" w:rsidR="0050258C" w:rsidRPr="008A70F5" w:rsidRDefault="0050258C" w:rsidP="0050258C">
+        <w:t>Chlorine Dioxide is not recommended for system disinfection</w:t>
+      </w:r>
+      <w:r w:rsidR="008A70F5" w:rsidRPr="008A70F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="634B1539" w14:textId="2D8AB639" w:rsidR="0050258C" w:rsidRPr="008A70F5" w:rsidRDefault="0050258C" w:rsidP="0050258C">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="14"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A70F5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Not exceed a pH of 11.</w:t>
-[...320 lines deleted...]
-        </w:rPr>
         <w:t>Consult piping manufacturer for compatibility if alternative disinfectants are to be used.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46635CA6" w14:textId="7A607DF3" w:rsidR="00876525" w:rsidRPr="00AC1985" w:rsidRDefault="00876525" w:rsidP="001D66A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC1985">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>PROTECTION</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CE639D9" w14:textId="77777777" w:rsidR="00876525" w:rsidRPr="00AC1985" w:rsidRDefault="0028336D" w:rsidP="0028336D">
       <w:pPr>
         <w:numPr>
@@ -6474,73 +6571,73 @@
       <w:r w:rsidRPr="00AC1985">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Protection: Protect installed product and finish surfaces from damage during construction.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57462919" w14:textId="77777777" w:rsidR="00876525" w:rsidRPr="008E0E6A" w:rsidRDefault="00876525">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC1985">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>END OF SECTION</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00876525" w:rsidRPr="008E0E6A" w:rsidSect="00294885">
-      <w:headerReference w:type="even" r:id="rId20"/>
-[...2 lines deleted...]
-      <w:headerReference w:type="first" r:id="rId23"/>
+      <w:headerReference w:type="even" r:id="rId19"/>
+      <w:headerReference w:type="default" r:id="rId20"/>
+      <w:footerReference w:type="default" r:id="rId21"/>
+      <w:headerReference w:type="first" r:id="rId22"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2C277F4B" w14:textId="77777777" w:rsidR="00B4323F" w:rsidRDefault="00B4323F">
+    <w:p w14:paraId="5011D9A7" w14:textId="77777777" w:rsidR="005A7A8F" w:rsidRDefault="005A7A8F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="17235C28" w14:textId="77777777" w:rsidR="00B4323F" w:rsidRDefault="00B4323F">
+    <w:p w14:paraId="08E25355" w14:textId="77777777" w:rsidR="005A7A8F" w:rsidRDefault="005A7A8F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
@@ -6593,87 +6690,75 @@
     <w:r w:rsidRPr="00631041">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
       <w:t>GF Building Flow Solutions</w:t>
     </w:r>
     <w:r w:rsidR="003A38D0" w:rsidRPr="00631041">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00D423F7" w:rsidRPr="00631041">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
       <w:t xml:space="preserve">Domestic Water Piping </w:t>
     </w:r>
     <w:r w:rsidR="00FA0339" w:rsidRPr="00631041">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
       <w:t>Specification (Full Version)</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="106024D1" w14:textId="7C5606FA" w:rsidR="003A38D0" w:rsidRPr="00631041" w:rsidRDefault="003D203E" w:rsidP="003A38D0">
+  <w:p w14:paraId="106024D1" w14:textId="6354B06F" w:rsidR="003A38D0" w:rsidRPr="00631041" w:rsidRDefault="008510C9" w:rsidP="003A38D0">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
-      <w:t>Dec</w:t>
+      <w:t>January 1</w:t>
     </w:r>
-    <w:r w:rsidR="00531E62">
+    <w:r w:rsidR="007D238A">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
-      <w:t>ember</w:t>
+      <w:t>9</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
-      <w:t xml:space="preserve"> </w:t>
-[...11 lines deleted...]
-      <w:t>, 2025</w:t>
+      <w:t>, 2026</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="53711DBF" w14:textId="77777777" w:rsidR="003A38D0" w:rsidRPr="00631041" w:rsidRDefault="003A38D0" w:rsidP="003A38D0">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00631041">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
       <w:t xml:space="preserve">22 11 16 - </w:t>
     </w:r>
     <w:r w:rsidRPr="00631041">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00631041">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -6685,80 +6770,80 @@
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00E328A1" w:rsidRPr="00631041">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00631041">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5BC3DD61" w14:textId="77777777" w:rsidR="00B4323F" w:rsidRDefault="00B4323F">
+    <w:p w14:paraId="1C1C1EF5" w14:textId="77777777" w:rsidR="005A7A8F" w:rsidRDefault="005A7A8F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0F0DC849" w14:textId="77777777" w:rsidR="00B4323F" w:rsidRDefault="00B4323F">
+    <w:p w14:paraId="0AE82F40" w14:textId="77777777" w:rsidR="005A7A8F" w:rsidRDefault="005A7A8F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5B467F36" w14:textId="6701CF42" w:rsidR="007F2E10" w:rsidRDefault="007F2E10">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4B78F47D" wp14:editId="17DFD6B6">
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4B78F47D" wp14:editId="17DFD6B6">
               <wp:simplePos x="635" y="635"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:align>top</wp:align>
               </wp:positionV>
               <wp:extent cx="502920" cy="307340"/>
               <wp:effectExtent l="0" t="0" r="11430" b="16510"/>
               <wp:wrapNone/>
               <wp:docPr id="1109694113" name="Text Box 2" descr="INTERNAL ">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
                     <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
                   </a:ext>
                 </a:extLst>
               </wp:docPr>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
@@ -6793,51 +6878,51 @@
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t xml:space="preserve">INTERNAL </w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="4B78F47D" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" alt="INTERNAL " style="position:absolute;margin-left:0;margin-top:0;width:39.6pt;height:24.2pt;z-index:251658241;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD/GxtYCgIAABUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+yk69YacYqsRYYB&#10;QVsgHXpWZDk2IImCxMTOfv0oxU62bqdhF5kiaX689zS/641mB+VDC7bk00nOmbISqtbuSv79ZfXh&#10;hrOAwlZCg1UlP6rA7xbv3807V6gZNKAr5RkVsaHoXMkbRFdkWZCNMiJMwClLwRq8EUhXv8sqLzqq&#10;bnQ2y/NPWQe+ch6kCoG8D6cgX6T6da0kPtV1UMh0yWk2TKdP5zae2WIuip0XrmnlMIb4hymMaC01&#10;PZd6ECjY3rd/lDKt9BCgxokEk0Fdt1KlHWibaf5mm00jnEq7EDjBnWEK/6+sfDxs3LNn2H+BngiM&#10;gHQuFIGccZ++9iZ+aVJGcYLweIZN9cgkOa/z2e2MIpJCV/nnq48J1uzys/MBvyowLBol98RKAksc&#10;1gGpIaWOKbGXhVWrdWJG298clBg92WXCaGG/7Yext1AdaRsPJ6KDk6uWeq5FwGfhiVkak9SKT3TU&#10;GrqSw2Bx1oD/8Td/zCfAKcpZR0opuSUpc6a/WSIiiioZ09v8OqebH93b0bB7cw+kvyk9BSeTGfNQ&#10;j2btwbySjpexEYWEldSu5Dia93iSLL0DqZbLlET6cQLXduNkLB1xiiC+9K/CuwFpJIoeYZSRKN4A&#10;fsqNfwa33CPBntiImJ6AHKAm7SWShncSxf3rPWVdXvPiJwAAAP//AwBQSwMEFAAGAAgAAAAhAL2W&#10;lOPaAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj81uwjAQhO+V+g7WVuIGThC0NI2DEBIHbpT+&#10;nJd4m6SNd6PYQMrT1+2FXlYazWjm23w5uFadqPeNsIF0koAiLsU2XBl4fdmMF6B8QLbYCpOBb/Kw&#10;LG5vcsysnPmZTvtQqVjCPkMDdQhdprUva3LoJ9IRR+9Deochyr7StsdzLHetnibJvXbYcFyosaN1&#10;TeXX/ugMNPOVhJTetpvPd5dKetlt55edMaO7YfUEKtAQrmH4xY/oUESmgxzZetUaiI+Evxu9h8cp&#10;qIOB2WIGusj1f/biBwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAP8bG1gKAgAAFQQAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAL2WlOPaAAAAAwEA&#10;AA8AAAAAAAAAAAAAAAAAZAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABrBQAAAAA=&#10;" filled="f" stroked="f">
+            <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" alt="INTERNAL " style="position:absolute;margin-left:0;margin-top:0;width:39.6pt;height:24.2pt;z-index:251658240;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD/GxtYCgIAABUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+yk69YacYqsRYYB&#10;QVsgHXpWZDk2IImCxMTOfv0oxU62bqdhF5kiaX689zS/641mB+VDC7bk00nOmbISqtbuSv79ZfXh&#10;hrOAwlZCg1UlP6rA7xbv3807V6gZNKAr5RkVsaHoXMkbRFdkWZCNMiJMwClLwRq8EUhXv8sqLzqq&#10;bnQ2y/NPWQe+ch6kCoG8D6cgX6T6da0kPtV1UMh0yWk2TKdP5zae2WIuip0XrmnlMIb4hymMaC01&#10;PZd6ECjY3rd/lDKt9BCgxokEk0Fdt1KlHWibaf5mm00jnEq7EDjBnWEK/6+sfDxs3LNn2H+BngiM&#10;gHQuFIGccZ++9iZ+aVJGcYLweIZN9cgkOa/z2e2MIpJCV/nnq48J1uzys/MBvyowLBol98RKAksc&#10;1gGpIaWOKbGXhVWrdWJG298clBg92WXCaGG/7Yext1AdaRsPJ6KDk6uWeq5FwGfhiVkak9SKT3TU&#10;GrqSw2Bx1oD/8Td/zCfAKcpZR0opuSUpc6a/WSIiiioZ09v8OqebH93b0bB7cw+kvyk9BSeTGfNQ&#10;j2btwbySjpexEYWEldSu5Dia93iSLL0DqZbLlET6cQLXduNkLB1xiiC+9K/CuwFpJIoeYZSRKN4A&#10;fsqNfwa33CPBntiImJ6AHKAm7SWShncSxf3rPWVdXvPiJwAAAP//AwBQSwMEFAAGAAgAAAAhAL2W&#10;lOPaAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj81uwjAQhO+V+g7WVuIGThC0NI2DEBIHbpT+&#10;nJd4m6SNd6PYQMrT1+2FXlYazWjm23w5uFadqPeNsIF0koAiLsU2XBl4fdmMF6B8QLbYCpOBb/Kw&#10;LG5vcsysnPmZTvtQqVjCPkMDdQhdprUva3LoJ9IRR+9Deochyr7StsdzLHetnibJvXbYcFyosaN1&#10;TeXX/ugMNPOVhJTetpvPd5dKetlt55edMaO7YfUEKtAQrmH4xY/oUESmgxzZetUaiI+Evxu9h8cp&#10;qIOB2WIGusj1f/biBwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAP8bG1gKAgAAFQQAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAL2WlOPaAAAAAwEA&#10;AA8AAAAAAAAAAAAAAAAAZAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABrBQAAAAA=&#10;" filled="f" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="358B91C5" w14:textId="4663F926" w:rsidR="007F2E10" w:rsidRPr="007F2E10" w:rsidRDefault="007F2E10" w:rsidP="007F2E10">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:noProof/>
                         <w:color w:val="FF0000"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="007F2E10">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:noProof/>
                         <w:color w:val="FF0000"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t xml:space="preserve">INTERNAL </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
@@ -6862,51 +6947,51 @@
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00631041">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
       <w:t>Domestic Water Piping 22 11 16</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="75AA081B" w14:textId="12F5733B" w:rsidR="007F2E10" w:rsidRDefault="007F2E10">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6D525880" wp14:editId="32DF728A">
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6D525880" wp14:editId="32DF728A">
               <wp:simplePos x="635" y="635"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:align>top</wp:align>
               </wp:positionV>
               <wp:extent cx="502920" cy="307340"/>
               <wp:effectExtent l="0" t="0" r="11430" b="16510"/>
               <wp:wrapNone/>
               <wp:docPr id="2032895470" name="Text Box 1" descr="INTERNAL ">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
                     <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
                   </a:ext>
                 </a:extLst>
               </wp:docPr>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
@@ -6941,51 +7026,51 @@
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t xml:space="preserve">INTERNAL </w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="6D525880" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 1" o:spid="_x0000_s1027" type="#_x0000_t202" alt="INTERNAL " style="position:absolute;margin-left:0;margin-top:0;width:39.6pt;height:24.2pt;z-index:251658242;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBceNwSDAIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+yk67YacYqsRYYB&#10;QVsgHXpWZCk2IIuCxMTOfv0oOU66bqdhF5kiaX689zS/7VvDDsqHBmzJp5OcM2UlVI3dlfzH8+rD&#10;F84CClsJA1aV/KgCv128fzfvXKFmUIOplGdUxIaicyWvEV2RZUHWqhVhAk5ZCmrwrUC6+l1WedFR&#10;9dZkszz/lHXgK+dBqhDIez8E+SLV11pJfNQ6KGSm5DQbptOncxvPbDEXxc4LVzfyNIb4hyla0Vhq&#10;ei51L1CwvW/+KNU20kMAjRMJbQZaN1KlHWibaf5mm00tnEq7EDjBnWEK/6+sfDhs3JNn2H+FngiM&#10;gHQuFIGccZ9e+zZ+aVJGcYLweIZN9cgkOa/z2c2MIpJCV/nnq48J1uzys/MBvyloWTRK7omVBJY4&#10;rANSQ0odU2IvC6vGmMSMsb85KDF6ssuE0cJ+27OmejX9FqojLeVh4Ds4uWqo9VoEfBKeCKZpSbT4&#10;SIc20JUcThZnNfiff/PHfMKdopx1JJiSW1I0Z+a7JT6itpIxvcmvc7r50b0dDbtv74BkOKUX4WQy&#10;Yx6a0dQe2heS8zI2opCwktqVHEfzDgfl0nOQarlMSSQjJ3BtN07G0hGuiOVz/yK8OwGOxNQDjGoS&#10;xRvch9z4Z3DLPRL6iZQI7QDkCXGSYOLq9Fyixl/fU9blUS9+AQAA//8DAFBLAwQUAAYACAAAACEA&#10;vZaU49oAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzW7CMBCE75X6DtZW4gZOELQ0jYMQEgdu&#10;lP6cl3ibpI13o9hAytPX7YVeVhrNaObbfDm4Vp2o942wgXSSgCIuxTZcGXh92YwXoHxAttgKk4Fv&#10;8rAsbm9yzKyc+ZlO+1CpWMI+QwN1CF2mtS9rcugn0hFH70N6hyHKvtK2x3Msd62eJsm9dthwXKix&#10;o3VN5df+6Aw085WElN62m893l0p62W3nl50xo7th9QQq0BCuYfjFj+hQRKaDHNl61RqIj4S/G72H&#10;xymog4HZYga6yPV/9uIHAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAXHjcEgwCAAAcBAAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAvZaU49oAAAAD&#10;AQAADwAAAAAAAAAAAAAAAABmBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAG0FAAAA&#10;AA==&#10;" filled="f" stroked="f">
+            <v:shape id="Text Box 1" o:spid="_x0000_s1027" type="#_x0000_t202" alt="INTERNAL " style="position:absolute;margin-left:0;margin-top:0;width:39.6pt;height:24.2pt;z-index:251658241;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBceNwSDAIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+yk67YacYqsRYYB&#10;QVsgHXpWZCk2IIuCxMTOfv0oOU66bqdhF5kiaX689zS/7VvDDsqHBmzJp5OcM2UlVI3dlfzH8+rD&#10;F84CClsJA1aV/KgCv128fzfvXKFmUIOplGdUxIaicyWvEV2RZUHWqhVhAk5ZCmrwrUC6+l1WedFR&#10;9dZkszz/lHXgK+dBqhDIez8E+SLV11pJfNQ6KGSm5DQbptOncxvPbDEXxc4LVzfyNIb4hyla0Vhq&#10;ei51L1CwvW/+KNU20kMAjRMJbQZaN1KlHWibaf5mm00tnEq7EDjBnWEK/6+sfDhs3JNn2H+FngiM&#10;gHQuFIGccZ9e+zZ+aVJGcYLweIZN9cgkOa/z2c2MIpJCV/nnq48J1uzys/MBvyloWTRK7omVBJY4&#10;rANSQ0odU2IvC6vGmMSMsb85KDF6ssuE0cJ+27OmejX9FqojLeVh4Ds4uWqo9VoEfBKeCKZpSbT4&#10;SIc20JUcThZnNfiff/PHfMKdopx1JJiSW1I0Z+a7JT6itpIxvcmvc7r50b0dDbtv74BkOKUX4WQy&#10;Yx6a0dQe2heS8zI2opCwktqVHEfzDgfl0nOQarlMSSQjJ3BtN07G0hGuiOVz/yK8OwGOxNQDjGoS&#10;xRvch9z4Z3DLPRL6iZQI7QDkCXGSYOLq9Fyixl/fU9blUS9+AQAA//8DAFBLAwQUAAYACAAAACEA&#10;vZaU49oAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzW7CMBCE75X6DtZW4gZOELQ0jYMQEgdu&#10;lP6cl3ibpI13o9hAytPX7YVeVhrNaObbfDm4Vp2o942wgXSSgCIuxTZcGXh92YwXoHxAttgKk4Fv&#10;8rAsbm9yzKyc+ZlO+1CpWMI+QwN1CF2mtS9rcugn0hFH70N6hyHKvtK2x3Msd62eJsm9dthwXKix&#10;o3VN5df+6Aw085WElN62m893l0p62W3nl50xo7th9QQq0BCuYfjFj+hQRKaDHNl61RqIj4S/G72H&#10;xymog4HZYga6yPV/9uIHAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAXHjcEgwCAAAcBAAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAvZaU49oAAAAD&#10;AQAADwAAAAAAAAAAAAAAAABmBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAG0FAAAA&#10;AA==&#10;" filled="f" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="5A132EBC" w14:textId="2CF4C92D" w:rsidR="007F2E10" w:rsidRPr="007F2E10" w:rsidRDefault="007F2E10" w:rsidP="007F2E10">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:noProof/>
                         <w:color w:val="FF0000"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="007F2E10">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:noProof/>
                         <w:color w:val="FF0000"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t xml:space="preserve">INTERNAL </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
@@ -7443,50 +7528,170 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="2520"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8280" w:hanging="2520"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="28DE78B9"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="B2F866B4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.0"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:b/>
+        <w:i w:val="0"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=".%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=".%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=".%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6.%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=".%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=".%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=".%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2D890DB6"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9F1EB2EA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="420" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="3.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -7557,51 +7762,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="2520"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="2520"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="33017706"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="723E1C86"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
@@ -7675,51 +7880,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="2520"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8280" w:hanging="2520"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B4C07A9"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="723E1C86"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
@@ -7793,51 +7998,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="2520"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8280" w:hanging="2520"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="41692133"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="723E1C86"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
@@ -7911,51 +8116,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="2520"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8280" w:hanging="2520"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42283B04"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="88828040"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="420" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -8024,51 +8229,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="2520"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="2520"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="43C64143"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="723E1C86"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
@@ -8142,51 +8347,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="2520"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8280" w:hanging="2520"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51877309"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="PART  %1  "/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="ARCATArticle"/>
       <w:lvlText w:val="%1.%2 "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="576" w:hanging="576"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:pStyle w:val="ARCATParagraph"/>
       <w:lvlText w:val="%3. "/>
@@ -8234,51 +8439,51 @@
       <w:pPr>
         <w:ind w:left="3456" w:hanging="576"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="ARCATSubSub4"/>
       <w:lvlText w:val="%8) "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4032" w:hanging="576"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:pStyle w:val="ARCATSubSub5"/>
       <w:lvlText w:val="%9) "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4608" w:hanging="576"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5C3238F4"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="723E1C86"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
@@ -8352,51 +8557,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="2520"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8280" w:hanging="2520"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6EB026EF"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="723E1C86"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
@@ -8470,51 +8675,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="2520"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8280" w:hanging="2520"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="72655250"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="723E1C86"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
@@ -8588,51 +8793,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="2520"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8280" w:hanging="2520"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E125D56"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C3309E08"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
@@ -8707,51 +8912,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="2520"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8280" w:hanging="2520"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F744BE7"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="723E1C86"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
@@ -8829,480 +9034,509 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="2520"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8280" w:hanging="2520"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1288774022">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1504541698">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="703017018">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1427339502">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="522520063">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="763914767">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="14430904">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="2115008027">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="697462273">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="14430904">
-[...7 lines deleted...]
-  </w:num>
   <w:num w:numId="10" w16cid:durableId="1816491227">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1155562432">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1273127241">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="2088725116">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1428845679">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="498235900">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="2064980128">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="2064980128">
-    <w:abstractNumId w:val="10"/>
+  <w:num w:numId="17" w16cid:durableId="6518878">
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="4"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="160"/>
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BF3C15"/>
     <w:rsid w:val="00000F9E"/>
     <w:rsid w:val="00002040"/>
     <w:rsid w:val="00013144"/>
+    <w:rsid w:val="0001328B"/>
     <w:rsid w:val="00014BAA"/>
     <w:rsid w:val="00016513"/>
     <w:rsid w:val="0002270F"/>
     <w:rsid w:val="000228B8"/>
     <w:rsid w:val="00024EC5"/>
     <w:rsid w:val="00032840"/>
     <w:rsid w:val="00034F92"/>
     <w:rsid w:val="00046205"/>
     <w:rsid w:val="00051085"/>
     <w:rsid w:val="00070379"/>
+    <w:rsid w:val="0007388B"/>
     <w:rsid w:val="00077360"/>
     <w:rsid w:val="00083BBF"/>
     <w:rsid w:val="00084210"/>
     <w:rsid w:val="00085367"/>
     <w:rsid w:val="00092B20"/>
     <w:rsid w:val="000966BC"/>
     <w:rsid w:val="00097290"/>
     <w:rsid w:val="000976BF"/>
     <w:rsid w:val="0009777C"/>
     <w:rsid w:val="000A63F9"/>
     <w:rsid w:val="000B4051"/>
     <w:rsid w:val="000C0DEF"/>
     <w:rsid w:val="000C0E73"/>
     <w:rsid w:val="000D12E6"/>
     <w:rsid w:val="000D617F"/>
     <w:rsid w:val="000E2E41"/>
     <w:rsid w:val="000E5DFE"/>
     <w:rsid w:val="000E7E41"/>
     <w:rsid w:val="000F449E"/>
     <w:rsid w:val="000F4675"/>
     <w:rsid w:val="001008FA"/>
     <w:rsid w:val="001039C4"/>
     <w:rsid w:val="00106030"/>
     <w:rsid w:val="001061F2"/>
     <w:rsid w:val="0011768B"/>
     <w:rsid w:val="00120F64"/>
     <w:rsid w:val="001239C0"/>
+    <w:rsid w:val="00140E6C"/>
     <w:rsid w:val="001477D2"/>
     <w:rsid w:val="00151757"/>
     <w:rsid w:val="00161894"/>
     <w:rsid w:val="001654D3"/>
     <w:rsid w:val="00166B98"/>
     <w:rsid w:val="00182634"/>
     <w:rsid w:val="00186ADE"/>
     <w:rsid w:val="001A3954"/>
     <w:rsid w:val="001A654D"/>
     <w:rsid w:val="001B2354"/>
     <w:rsid w:val="001B23CA"/>
     <w:rsid w:val="001B5E85"/>
     <w:rsid w:val="001C0372"/>
     <w:rsid w:val="001C0AC6"/>
     <w:rsid w:val="001C1AD4"/>
     <w:rsid w:val="001C37FA"/>
     <w:rsid w:val="001C767B"/>
+    <w:rsid w:val="001D1361"/>
     <w:rsid w:val="001D338F"/>
     <w:rsid w:val="001D496D"/>
     <w:rsid w:val="001D66A1"/>
     <w:rsid w:val="001D68C8"/>
     <w:rsid w:val="001E61CC"/>
     <w:rsid w:val="001E69F8"/>
     <w:rsid w:val="001F614D"/>
     <w:rsid w:val="00202093"/>
     <w:rsid w:val="00203653"/>
     <w:rsid w:val="002102AF"/>
     <w:rsid w:val="002135F4"/>
+    <w:rsid w:val="0022547F"/>
     <w:rsid w:val="002350A5"/>
     <w:rsid w:val="0023652A"/>
     <w:rsid w:val="0023692F"/>
     <w:rsid w:val="002511A9"/>
     <w:rsid w:val="00263F70"/>
     <w:rsid w:val="002729A7"/>
     <w:rsid w:val="00274B34"/>
     <w:rsid w:val="002750F4"/>
+    <w:rsid w:val="002825F0"/>
     <w:rsid w:val="0028336D"/>
     <w:rsid w:val="00294885"/>
+    <w:rsid w:val="00296AE1"/>
     <w:rsid w:val="002A2190"/>
     <w:rsid w:val="002A25F4"/>
     <w:rsid w:val="002A7F7F"/>
     <w:rsid w:val="002B3DE6"/>
     <w:rsid w:val="002C0F30"/>
     <w:rsid w:val="002C7DCC"/>
     <w:rsid w:val="002D3E56"/>
     <w:rsid w:val="002D5012"/>
     <w:rsid w:val="002D5137"/>
     <w:rsid w:val="002E37EC"/>
     <w:rsid w:val="002E517F"/>
     <w:rsid w:val="002F6E1B"/>
     <w:rsid w:val="00307E85"/>
     <w:rsid w:val="00312F28"/>
     <w:rsid w:val="0031789E"/>
     <w:rsid w:val="00317B28"/>
     <w:rsid w:val="00322A6D"/>
     <w:rsid w:val="0032424D"/>
     <w:rsid w:val="00325C10"/>
     <w:rsid w:val="003316D8"/>
     <w:rsid w:val="00332411"/>
     <w:rsid w:val="003353FD"/>
+    <w:rsid w:val="00344BAF"/>
     <w:rsid w:val="00345CE6"/>
     <w:rsid w:val="0034608B"/>
     <w:rsid w:val="00346B1F"/>
+    <w:rsid w:val="00352A4C"/>
     <w:rsid w:val="00367179"/>
     <w:rsid w:val="00371A25"/>
     <w:rsid w:val="00371AE2"/>
     <w:rsid w:val="0038268D"/>
     <w:rsid w:val="00390846"/>
     <w:rsid w:val="00390DC8"/>
     <w:rsid w:val="00392075"/>
     <w:rsid w:val="00392703"/>
     <w:rsid w:val="00394D1C"/>
     <w:rsid w:val="003A2066"/>
     <w:rsid w:val="003A38D0"/>
     <w:rsid w:val="003A4A9E"/>
     <w:rsid w:val="003B185A"/>
     <w:rsid w:val="003B7892"/>
     <w:rsid w:val="003C3FC2"/>
     <w:rsid w:val="003D015B"/>
     <w:rsid w:val="003D203E"/>
     <w:rsid w:val="003D7132"/>
     <w:rsid w:val="003E0743"/>
     <w:rsid w:val="003F7D69"/>
     <w:rsid w:val="00404461"/>
     <w:rsid w:val="00413D2C"/>
     <w:rsid w:val="00421613"/>
     <w:rsid w:val="00421AC4"/>
     <w:rsid w:val="0043672F"/>
     <w:rsid w:val="00437870"/>
     <w:rsid w:val="00442C5C"/>
     <w:rsid w:val="004463C9"/>
     <w:rsid w:val="00446CFF"/>
     <w:rsid w:val="00447EE2"/>
     <w:rsid w:val="004506C4"/>
     <w:rsid w:val="00452562"/>
     <w:rsid w:val="00454F0F"/>
     <w:rsid w:val="00460357"/>
     <w:rsid w:val="00463EEF"/>
     <w:rsid w:val="004718C0"/>
     <w:rsid w:val="00472DBE"/>
     <w:rsid w:val="00473DE6"/>
     <w:rsid w:val="00494BA1"/>
     <w:rsid w:val="00495B05"/>
     <w:rsid w:val="00496BDE"/>
     <w:rsid w:val="00497DEC"/>
+    <w:rsid w:val="004A0B05"/>
     <w:rsid w:val="004C112D"/>
     <w:rsid w:val="004C3379"/>
     <w:rsid w:val="004E2C15"/>
     <w:rsid w:val="004F19F4"/>
     <w:rsid w:val="004F1CCC"/>
     <w:rsid w:val="004F655B"/>
     <w:rsid w:val="0050258C"/>
     <w:rsid w:val="005040A0"/>
     <w:rsid w:val="0052129F"/>
     <w:rsid w:val="00526EA0"/>
     <w:rsid w:val="00530BD6"/>
     <w:rsid w:val="00531E62"/>
     <w:rsid w:val="0053707E"/>
     <w:rsid w:val="00541400"/>
     <w:rsid w:val="00542150"/>
     <w:rsid w:val="00552CE1"/>
     <w:rsid w:val="00557639"/>
     <w:rsid w:val="00573016"/>
     <w:rsid w:val="00573170"/>
     <w:rsid w:val="00575214"/>
     <w:rsid w:val="00581FB7"/>
     <w:rsid w:val="005874FA"/>
     <w:rsid w:val="005879C1"/>
     <w:rsid w:val="005900E6"/>
     <w:rsid w:val="00590708"/>
+    <w:rsid w:val="00597509"/>
     <w:rsid w:val="00597CE9"/>
+    <w:rsid w:val="005A7A8F"/>
     <w:rsid w:val="005B5E7C"/>
     <w:rsid w:val="005B7ADE"/>
     <w:rsid w:val="005C0614"/>
     <w:rsid w:val="005C0B8F"/>
     <w:rsid w:val="005C68D7"/>
     <w:rsid w:val="005D060A"/>
     <w:rsid w:val="005D0D5E"/>
     <w:rsid w:val="005D113F"/>
     <w:rsid w:val="005E2CC4"/>
     <w:rsid w:val="005E74EA"/>
+    <w:rsid w:val="005E7C1B"/>
     <w:rsid w:val="005F1696"/>
     <w:rsid w:val="005F7A47"/>
     <w:rsid w:val="006050DE"/>
     <w:rsid w:val="00605D09"/>
     <w:rsid w:val="00614BE4"/>
     <w:rsid w:val="006156B7"/>
     <w:rsid w:val="00623283"/>
     <w:rsid w:val="0062355D"/>
     <w:rsid w:val="0062488E"/>
     <w:rsid w:val="00630624"/>
     <w:rsid w:val="00631041"/>
     <w:rsid w:val="00631C73"/>
     <w:rsid w:val="006330D0"/>
     <w:rsid w:val="00642326"/>
     <w:rsid w:val="00643252"/>
     <w:rsid w:val="006460B8"/>
     <w:rsid w:val="00646CA0"/>
     <w:rsid w:val="00655AC9"/>
     <w:rsid w:val="00657893"/>
     <w:rsid w:val="00662685"/>
     <w:rsid w:val="006709F8"/>
     <w:rsid w:val="006732AF"/>
     <w:rsid w:val="0067410A"/>
     <w:rsid w:val="00675EB8"/>
     <w:rsid w:val="0069483B"/>
     <w:rsid w:val="006958F0"/>
     <w:rsid w:val="0069757A"/>
+    <w:rsid w:val="006B56B5"/>
     <w:rsid w:val="006B722B"/>
     <w:rsid w:val="006C2E83"/>
     <w:rsid w:val="006C672F"/>
     <w:rsid w:val="006C6D78"/>
     <w:rsid w:val="006D1A3F"/>
+    <w:rsid w:val="006D6D53"/>
     <w:rsid w:val="006E0244"/>
     <w:rsid w:val="006E1208"/>
     <w:rsid w:val="006E1F78"/>
     <w:rsid w:val="006E4C63"/>
     <w:rsid w:val="007032AB"/>
     <w:rsid w:val="00704CF4"/>
     <w:rsid w:val="00706BFF"/>
     <w:rsid w:val="007074FF"/>
+    <w:rsid w:val="007104A5"/>
     <w:rsid w:val="00710935"/>
     <w:rsid w:val="00717038"/>
     <w:rsid w:val="00721A5B"/>
     <w:rsid w:val="00721FBF"/>
     <w:rsid w:val="007232A7"/>
     <w:rsid w:val="00740845"/>
     <w:rsid w:val="00751B9D"/>
     <w:rsid w:val="007537C5"/>
     <w:rsid w:val="00753852"/>
     <w:rsid w:val="007663D5"/>
+    <w:rsid w:val="0076768A"/>
     <w:rsid w:val="007800E5"/>
     <w:rsid w:val="00783395"/>
     <w:rsid w:val="00784CAD"/>
     <w:rsid w:val="007900AC"/>
     <w:rsid w:val="007905F3"/>
     <w:rsid w:val="00793564"/>
     <w:rsid w:val="00797005"/>
     <w:rsid w:val="007A25A9"/>
     <w:rsid w:val="007B0156"/>
     <w:rsid w:val="007B42BB"/>
     <w:rsid w:val="007D1BAB"/>
+    <w:rsid w:val="007D238A"/>
     <w:rsid w:val="007D51FC"/>
     <w:rsid w:val="007F1533"/>
     <w:rsid w:val="007F1950"/>
     <w:rsid w:val="007F2E10"/>
     <w:rsid w:val="007F7D55"/>
     <w:rsid w:val="00801D83"/>
     <w:rsid w:val="00801E53"/>
     <w:rsid w:val="00811138"/>
     <w:rsid w:val="008164F2"/>
     <w:rsid w:val="008307D8"/>
     <w:rsid w:val="00832C17"/>
     <w:rsid w:val="008371CF"/>
     <w:rsid w:val="00840C5C"/>
     <w:rsid w:val="00843677"/>
     <w:rsid w:val="00850613"/>
+    <w:rsid w:val="008510C9"/>
     <w:rsid w:val="00851884"/>
     <w:rsid w:val="00852EF3"/>
     <w:rsid w:val="008535E0"/>
     <w:rsid w:val="00863B14"/>
     <w:rsid w:val="00876525"/>
     <w:rsid w:val="008810B5"/>
     <w:rsid w:val="008826A8"/>
     <w:rsid w:val="00882F78"/>
     <w:rsid w:val="008922A0"/>
     <w:rsid w:val="008928B4"/>
     <w:rsid w:val="0089349D"/>
     <w:rsid w:val="00897EE5"/>
     <w:rsid w:val="008A70F5"/>
     <w:rsid w:val="008A7ADF"/>
     <w:rsid w:val="008B5D05"/>
     <w:rsid w:val="008C31DA"/>
     <w:rsid w:val="008C6BEA"/>
     <w:rsid w:val="008C72A5"/>
+    <w:rsid w:val="008D6BB8"/>
     <w:rsid w:val="008E0E6A"/>
     <w:rsid w:val="008E748C"/>
     <w:rsid w:val="008F71CD"/>
     <w:rsid w:val="008F7789"/>
     <w:rsid w:val="00900120"/>
     <w:rsid w:val="00901393"/>
     <w:rsid w:val="0090700E"/>
     <w:rsid w:val="00907320"/>
     <w:rsid w:val="0091189C"/>
     <w:rsid w:val="0091425C"/>
     <w:rsid w:val="00926160"/>
     <w:rsid w:val="00927C64"/>
+    <w:rsid w:val="00930419"/>
     <w:rsid w:val="0093239A"/>
     <w:rsid w:val="00934ED6"/>
     <w:rsid w:val="0093507B"/>
     <w:rsid w:val="0093531C"/>
     <w:rsid w:val="0094264B"/>
     <w:rsid w:val="00950435"/>
     <w:rsid w:val="00950D24"/>
     <w:rsid w:val="009524A5"/>
     <w:rsid w:val="0095309D"/>
+    <w:rsid w:val="00964370"/>
     <w:rsid w:val="00975283"/>
     <w:rsid w:val="00975912"/>
     <w:rsid w:val="00975E27"/>
     <w:rsid w:val="009769CC"/>
     <w:rsid w:val="00977B17"/>
     <w:rsid w:val="00982A64"/>
     <w:rsid w:val="00982AE2"/>
+    <w:rsid w:val="00982AEF"/>
     <w:rsid w:val="009868A5"/>
     <w:rsid w:val="00991EF6"/>
     <w:rsid w:val="00994056"/>
     <w:rsid w:val="009C5115"/>
+    <w:rsid w:val="009D1C5E"/>
     <w:rsid w:val="009D30D5"/>
     <w:rsid w:val="009D62FA"/>
     <w:rsid w:val="009D66FA"/>
     <w:rsid w:val="009E1C66"/>
     <w:rsid w:val="009E704F"/>
     <w:rsid w:val="009F30AF"/>
     <w:rsid w:val="009F5F25"/>
     <w:rsid w:val="009F79D3"/>
     <w:rsid w:val="00A071D4"/>
+    <w:rsid w:val="00A0742D"/>
     <w:rsid w:val="00A106A5"/>
     <w:rsid w:val="00A123F1"/>
     <w:rsid w:val="00A1405B"/>
     <w:rsid w:val="00A15538"/>
     <w:rsid w:val="00A206D4"/>
     <w:rsid w:val="00A273E8"/>
     <w:rsid w:val="00A410A4"/>
     <w:rsid w:val="00A4116A"/>
     <w:rsid w:val="00A51A38"/>
     <w:rsid w:val="00A56106"/>
     <w:rsid w:val="00A655B1"/>
     <w:rsid w:val="00A67ED2"/>
     <w:rsid w:val="00A70952"/>
     <w:rsid w:val="00A7161F"/>
     <w:rsid w:val="00A747CC"/>
     <w:rsid w:val="00A92154"/>
     <w:rsid w:val="00AC1985"/>
     <w:rsid w:val="00AC274B"/>
     <w:rsid w:val="00AE6AAF"/>
     <w:rsid w:val="00B0000C"/>
     <w:rsid w:val="00B179BC"/>
     <w:rsid w:val="00B2040D"/>
     <w:rsid w:val="00B22427"/>
     <w:rsid w:val="00B340E8"/>
     <w:rsid w:val="00B4119F"/>
     <w:rsid w:val="00B4323F"/>
     <w:rsid w:val="00B4791E"/>
     <w:rsid w:val="00B53730"/>
     <w:rsid w:val="00B60462"/>
     <w:rsid w:val="00B653F3"/>
     <w:rsid w:val="00B75F46"/>
     <w:rsid w:val="00B826EC"/>
+    <w:rsid w:val="00B9116B"/>
     <w:rsid w:val="00B9126F"/>
     <w:rsid w:val="00BB0336"/>
     <w:rsid w:val="00BB6A4D"/>
     <w:rsid w:val="00BC0B70"/>
     <w:rsid w:val="00BC1A45"/>
     <w:rsid w:val="00BC2AF5"/>
     <w:rsid w:val="00BC653C"/>
     <w:rsid w:val="00BD076D"/>
     <w:rsid w:val="00BD23D6"/>
     <w:rsid w:val="00BD58CA"/>
     <w:rsid w:val="00BD6518"/>
     <w:rsid w:val="00BE10A0"/>
     <w:rsid w:val="00BE3CEC"/>
     <w:rsid w:val="00BE7FEF"/>
     <w:rsid w:val="00BF262F"/>
     <w:rsid w:val="00BF3C15"/>
     <w:rsid w:val="00BF45A1"/>
     <w:rsid w:val="00BF5F61"/>
     <w:rsid w:val="00C03E92"/>
     <w:rsid w:val="00C10C15"/>
     <w:rsid w:val="00C14352"/>
     <w:rsid w:val="00C17816"/>
     <w:rsid w:val="00C20BAC"/>
     <w:rsid w:val="00C224FE"/>
     <w:rsid w:val="00C235BA"/>
@@ -9327,89 +9561,95 @@
     <w:rsid w:val="00CD4FE4"/>
     <w:rsid w:val="00CF2FC5"/>
     <w:rsid w:val="00D05011"/>
     <w:rsid w:val="00D07190"/>
     <w:rsid w:val="00D073ED"/>
     <w:rsid w:val="00D10762"/>
     <w:rsid w:val="00D11DAA"/>
     <w:rsid w:val="00D15235"/>
     <w:rsid w:val="00D20089"/>
     <w:rsid w:val="00D25D37"/>
     <w:rsid w:val="00D41256"/>
     <w:rsid w:val="00D41CB8"/>
     <w:rsid w:val="00D423F7"/>
     <w:rsid w:val="00D47EEF"/>
     <w:rsid w:val="00D75C51"/>
     <w:rsid w:val="00D80899"/>
     <w:rsid w:val="00D8580B"/>
     <w:rsid w:val="00D86515"/>
     <w:rsid w:val="00D86739"/>
     <w:rsid w:val="00D92840"/>
     <w:rsid w:val="00D93335"/>
     <w:rsid w:val="00D94BC8"/>
     <w:rsid w:val="00DB6842"/>
     <w:rsid w:val="00DB6B56"/>
     <w:rsid w:val="00DC25F9"/>
+    <w:rsid w:val="00DE42FA"/>
     <w:rsid w:val="00DE6DB9"/>
     <w:rsid w:val="00DE72D1"/>
     <w:rsid w:val="00DF36D9"/>
     <w:rsid w:val="00DF5AEE"/>
     <w:rsid w:val="00DF7235"/>
     <w:rsid w:val="00E033F7"/>
     <w:rsid w:val="00E21A53"/>
     <w:rsid w:val="00E27751"/>
     <w:rsid w:val="00E300B6"/>
     <w:rsid w:val="00E30ED5"/>
     <w:rsid w:val="00E328A1"/>
     <w:rsid w:val="00E408A9"/>
     <w:rsid w:val="00E466F6"/>
     <w:rsid w:val="00E513E5"/>
     <w:rsid w:val="00E52F95"/>
+    <w:rsid w:val="00E611C0"/>
     <w:rsid w:val="00E7552E"/>
     <w:rsid w:val="00E7680C"/>
     <w:rsid w:val="00E76A6F"/>
     <w:rsid w:val="00E847C9"/>
     <w:rsid w:val="00E865DB"/>
     <w:rsid w:val="00E86A8E"/>
     <w:rsid w:val="00E90AA1"/>
     <w:rsid w:val="00E9142F"/>
     <w:rsid w:val="00EB688D"/>
     <w:rsid w:val="00EC2961"/>
     <w:rsid w:val="00ED1110"/>
+    <w:rsid w:val="00ED3ECE"/>
     <w:rsid w:val="00ED5E85"/>
     <w:rsid w:val="00EE4DCD"/>
     <w:rsid w:val="00EE73AF"/>
     <w:rsid w:val="00EF0207"/>
     <w:rsid w:val="00EF0B3C"/>
     <w:rsid w:val="00EF7057"/>
+    <w:rsid w:val="00F02380"/>
     <w:rsid w:val="00F10495"/>
     <w:rsid w:val="00F44C56"/>
     <w:rsid w:val="00F450A7"/>
+    <w:rsid w:val="00F51489"/>
     <w:rsid w:val="00F60F91"/>
     <w:rsid w:val="00F64BA6"/>
     <w:rsid w:val="00F64BCA"/>
     <w:rsid w:val="00F70DDC"/>
+    <w:rsid w:val="00F74355"/>
     <w:rsid w:val="00F76E49"/>
     <w:rsid w:val="00F82E42"/>
     <w:rsid w:val="00F872A8"/>
     <w:rsid w:val="00F9218C"/>
     <w:rsid w:val="00FA0339"/>
     <w:rsid w:val="00FA335A"/>
     <w:rsid w:val="00FA4CDD"/>
     <w:rsid w:val="00FB2856"/>
     <w:rsid w:val="00FB3187"/>
     <w:rsid w:val="00FC153E"/>
     <w:rsid w:val="00FD16FC"/>
     <w:rsid w:val="00FD1996"/>
     <w:rsid w:val="00FD7518"/>
     <w:rsid w:val="00FE2638"/>
     <w:rsid w:val="00FE2BD8"/>
     <w:rsid w:val="00FE47DD"/>
     <w:rsid w:val="00FE4A83"/>
     <w:rsid w:val="00FE4D9C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
@@ -10260,51 +10500,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1821924110">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur02.safelinks.protection.outlook.com/?url=https%3A%2F%2Fgf.showpad.com%2Fshare%2F6cglQJ8gnMjsALRv4QrC1&amp;data=05%7C02%7Cmatt.graber%40georgfischer.com%7C4fcd681f562c4c1ff98f08de207ce1a3%7Cd0f5c1a2e9a844ffa1ccb094c39a84d8%7C0%7C0%7C638983917897334566%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=aAZR9epji1%2FYGmyUnz4IREJvoIshtRmx8C79nBZkAAw%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.uponor.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:NASpecifications@uponor.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gf.showpad.com/share/Rt62nhlQpQOd6njzakMYM" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur02.safelinks.protection.outlook.com/?url=https%3A%2F%2Fgf.showpad.com%2Fshare%2F6cglQJ8gnMjsALRv4QrC1&amp;data=05%7C02%7Cmatt.graber%40georgfischer.com%7C4fcd681f562c4c1ff98f08de207ce1a3%7Cd0f5c1a2e9a844ffa1ccb094c39a84d8%7C0%7C0%7C638983917897334566%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=aAZR9epji1%2FYGmyUnz4IREJvoIshtRmx8C79nBZkAAw%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.uponor.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur02.safelinks.protection.outlook.com/?url=https%3A%2F%2Fgf.showpad.com%2Fshare%2F6cglQJ8gnMjsALRv4QrC1&amp;data=05%7C02%7Cmatt.graber%40georgfischer.com%7C4fcd681f562c4c1ff98f08de207ce1a3%7Cd0f5c1a2e9a844ffa1ccb094c39a84d8%7C0%7C0%7C638983917897334566%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=aAZR9epji1%2FYGmyUnz4IREJvoIshtRmx8C79nBZkAAw%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur02.safelinks.protection.outlook.com/?url=https%3A%2F%2Fgf.showpad.com%2Fshare%2F6cglQJ8gnMjsALRv4QrC1&amp;data=05%7C02%7Cmatt.graber%40georgfischer.com%7C4fcd681f562c4c1ff98f08de207ce1a3%7Cd0f5c1a2e9a844ffa1ccb094c39a84d8%7C0%7C0%7C638983917897334566%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=aAZR9epji1%2FYGmyUnz4IREJvoIshtRmx8C79nBZkAAw%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.uponor.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:naspecifications@georgfischer.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.uponor.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -10599,61 +10839,65 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="397f2b64-b6bb-4f1d-9d04-58bf4fb463bd">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="60b0d702-893c-4e2c-b860-55823d14ba9e" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010063DFA053A634A341974A0B6606E424BE" ma:contentTypeVersion="6" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="2f9b0661038b8b465dbc101dba5ae632">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="662a0a8a-0a04-4fe9-90f9-1bcbfc3c7acf" xmlns:ns3="397f2b64-b6bb-4f1d-9d04-58bf4fb463bd" xmlns:ns4="60b0d702-893c-4e2c-b860-55823d14ba9e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="73d025736cb0ef55502690562d3fc590" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010063DFA053A634A341974A0B6606E424BE" ma:contentTypeVersion="6" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0cd0b68543d96b3b15644d4abae2180f">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="662a0a8a-0a04-4fe9-90f9-1bcbfc3c7acf" xmlns:ns3="397f2b64-b6bb-4f1d-9d04-58bf4fb463bd" xmlns:ns4="60b0d702-893c-4e2c-b860-55823d14ba9e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a4a399015d7fb818acdcb6e28c8755f9" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="662a0a8a-0a04-4fe9-90f9-1bcbfc3c7acf"/>
     <xsd:import namespace="397f2b64-b6bb-4f1d-9d04-58bf4fb463bd"/>
     <xsd:import namespace="60b0d702-893c-4e2c-b860-55823d14ba9e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
@@ -10845,163 +11089,159 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...8 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0D896F93-2B49-4C7E-AB3C-D5EC2B86860E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2892EA3A-1CC2-46A5-A04E-8B92F460F585}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="397f2b64-b6bb-4f1d-9d04-58bf4fb463bd"/>
+    <ds:schemaRef ds:uri="60b0d702-893c-4e2c-b860-55823d14ba9e"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{38D69498-76D1-49EA-AD45-A8EB383BD753}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8BA53453-17BD-42F2-9F59-517CC6AE6B10}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="662a0a8a-0a04-4fe9-90f9-1bcbfc3c7acf"/>
     <ds:schemaRef ds:uri="397f2b64-b6bb-4f1d-9d04-58bf4fb463bd"/>
     <ds:schemaRef ds:uri="60b0d702-893c-4e2c-b860-55823d14ba9e"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2892EA3A-1CC2-46A5-A04E-8B92F460F585}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0D896F93-2B49-4C7E-AB3C-D5EC2B86860E}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...3 lines deleted...]
-    <ds:schemaRef ds:uri="60b0d702-893c-4e2c-b860-55823d14ba9e"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ECA8276A-7FB4-4CF4-B8B7-B8238ED7EF7F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FBD0C104-6AD8-4832-B02A-6111B6655219}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FBD0C104-6AD8-4832-B02A-6111B6655219}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ECA8276A-7FB4-4CF4-B8B7-B8238ED7EF7F}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{8f8ff0ba-2c7f-4933-9c1e-ebae2a04b3e3}" enabled="1" method="Standard" siteId="{d0f5c1a2-e9a8-44ff-a1cc-b094c39a84d8}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>3334</Words>
-  <Characters>19007</Characters>
+  <Words>3317</Words>
+  <Characters>18907</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>158</Lines>
+  <Lines>157</Lines>
   <Paragraphs>44</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>SECTION 15770</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Uponor Wirsbo</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>22297</CharactersWithSpaces>
+  <CharactersWithSpaces>22180</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>6422624</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://gf.showpad.com/share/Rt62nhlQpQOd6njzakMYM</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>1114207</vt:i4>
       </vt:variant>
       <vt:variant>